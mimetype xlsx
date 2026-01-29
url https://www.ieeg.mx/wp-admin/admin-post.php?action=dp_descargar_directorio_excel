--- v0 (2025-10-08)
+++ v1 (2026-01-29)
@@ -95,51 +95,51 @@
     <sheet name="JER DH CIN" sheetId="11" r:id="rId14"/>
     <sheet name="JER GTO" sheetId="12" r:id="rId15"/>
     <sheet name="JER Irapuato" sheetId="13" r:id="rId16"/>
     <sheet name="JER León" sheetId="14" r:id="rId17"/>
     <sheet name="JER Pénjamo" sheetId="15" r:id="rId18"/>
     <sheet name="JER Salamanca" sheetId="16" r:id="rId19"/>
     <sheet name="JER SFR" sheetId="17" r:id="rId20"/>
     <sheet name="JER SLP" sheetId="18" r:id="rId21"/>
     <sheet name="JER SMA" sheetId="19" r:id="rId22"/>
     <sheet name="JER VS" sheetId="20" r:id="rId23"/>
     <sheet name="JER Yuriria" sheetId="21" r:id="rId24"/>
     <sheet name="OIC" sheetId="22" r:id="rId25"/>
     <sheet name="SE" sheetId="23" r:id="rId26"/>
     <sheet name="UT" sheetId="24" r:id="rId27"/>
     <sheet name="UTIGND" sheetId="25" r:id="rId28"/>
     <sheet name="UTSIT" sheetId="26" r:id="rId29"/>
     <sheet name="UTVGRE" sheetId="27" r:id="rId30"/>
     <sheet name="UTJCE" sheetId="28" r:id="rId31"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="716">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="719">
   <si>
     <t>Directorio del Área: Consejo General</t>
   </si>
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Apellido</t>
   </si>
   <si>
     <t>E-mail</t>
   </si>
   <si>
     <t>Teléfono</t>
   </si>
   <si>
     <t>Teléfono Secundario</t>
   </si>
   <si>
     <t>Extensión</t>
   </si>
   <si>
     <t>Cargo</t>
   </si>
   <si>
@@ -511,80 +511,83 @@
   <si>
     <t>Coordinador/a de Comunicación y Difusión</t>
   </si>
   <si>
     <t>Ana María</t>
   </si>
   <si>
     <t xml:space="preserve">Sánchez Ortega </t>
   </si>
   <si>
     <t>ana.sanchez@ieeg.org.mx</t>
   </si>
   <si>
     <t>Germán</t>
   </si>
   <si>
     <t xml:space="preserve">León Aguilar </t>
   </si>
   <si>
     <t>german.leon@ieeg.org.mx</t>
   </si>
   <si>
     <t>Especialista de Redacción y Protocolo</t>
   </si>
   <si>
+    <t>Arturo Alejandro</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Benavides Arroyo</t>
+  </si>
+  <si>
+    <t>arturo.benavides@ieeg.org.mx</t>
+  </si>
+  <si>
+    <t>Gestor/a de Proyectos</t>
+  </si>
+  <si>
     <t>José Héctor</t>
   </si>
   <si>
     <t xml:space="preserve">Ortiz Uribe </t>
   </si>
   <si>
     <t>jose.ortiz@ieeg.org.mx</t>
   </si>
   <si>
     <t>Diseñador Grafico</t>
   </si>
   <si>
     <t>Roberto Galileo Othón</t>
   </si>
   <si>
     <t xml:space="preserve">Martínez Rosas </t>
   </si>
   <si>
     <t>galileo.martinez@ieeg.org.mx</t>
   </si>
   <si>
-    <t>Karem Mildred</t>
-[...7 lines deleted...]
-  <si>
     <t>Frida Marielos</t>
   </si>
   <si>
     <t xml:space="preserve">Castro Cebreros </t>
   </si>
   <si>
     <t>contenidosweb@ieeg.org.mx</t>
   </si>
   <si>
     <t>MarÍa Fernanda</t>
   </si>
   <si>
     <t xml:space="preserve">Juárez Fonseca </t>
   </si>
   <si>
     <t>fernanda.juarez@ieeg.org.mx</t>
   </si>
   <si>
     <t>Guillermo David</t>
   </si>
   <si>
     <t xml:space="preserve">Luna Martínez </t>
   </si>
   <si>
     <t>guillermo.luna@ieeg.org.mx</t>
@@ -880,416 +883,419 @@
   <si>
     <t>Christian Romeo</t>
   </si>
   <si>
     <t xml:space="preserve">Gutiérrez Silva </t>
   </si>
   <si>
     <t>christian.gutierrez@ieeg.org.mx</t>
   </si>
   <si>
     <t>Julián</t>
   </si>
   <si>
     <t xml:space="preserve">Guerrero Juárez </t>
   </si>
   <si>
     <t>julian.guerrero@ieeg.org.mx</t>
   </si>
   <si>
     <t>Felipe</t>
   </si>
   <si>
     <t xml:space="preserve">González Franco </t>
   </si>
   <si>
-    <t>felipe.franco@ieeg.org.mx</t>
+    <t>felipe.gonzalez@ieeg.org.mx</t>
   </si>
   <si>
     <t>Coordinadora/or</t>
   </si>
   <si>
     <t>Patricia</t>
   </si>
   <si>
     <t xml:space="preserve">Domínguez Acosta </t>
   </si>
   <si>
     <t>patricia.dominguez@ieeg.org.mx</t>
   </si>
   <si>
     <t>Directorio del Área: Junta Ejecutiva Regional Acámbaro</t>
   </si>
   <si>
     <t>Adriana</t>
   </si>
   <si>
     <t xml:space="preserve">Sánchez Espinoza </t>
   </si>
   <si>
     <t>adriana.sanchez@ieeg.org.mx</t>
   </si>
   <si>
     <t>Titular de Órgano Desconcentrado</t>
   </si>
   <si>
     <t>María Marlene</t>
   </si>
   <si>
     <t xml:space="preserve">Castillo Rocha </t>
   </si>
   <si>
     <t>acambaro@ieeg.org.mx</t>
   </si>
   <si>
+    <t>Mayte Biridiana</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Guerra García</t>
+  </si>
+  <si>
+    <t>mayte.guerra@ieeg.org.mx</t>
+  </si>
+  <si>
+    <t>Subcoordinador/a de Educación Cívica Organización Electoral y Participación Ciudadana</t>
+  </si>
+  <si>
+    <t>Directorio del Área: Junta Ejecutiva Regional Apaseo el Grande</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ayala Olvera </t>
+  </si>
+  <si>
+    <t>felipe.ayala@ieeg.org.mx</t>
+  </si>
+  <si>
+    <t>Martha Alejandra</t>
+  </si>
+  <si>
+    <t>Paloalto Ruiz</t>
+  </si>
+  <si>
+    <t>apaseogrande@ieeg.org.mx</t>
+  </si>
+  <si>
+    <t>Claudia Ivonne</t>
+  </si>
+  <si>
+    <t>Mata Tovar</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Centeno Gamucero </t>
+  </si>
+  <si>
+    <t>guadalupe.centeno@ieeg.org.mx</t>
+  </si>
+  <si>
+    <t>Secretaria/o de Órgano Desconcentrado</t>
+  </si>
+  <si>
+    <t>Lidia Ery</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Toledo Rodríguez </t>
+  </si>
+  <si>
+    <t>lidia.toledo@ieeg.org.mx</t>
+  </si>
+  <si>
+    <t>Directorio del Área: Junta Ejecutiva Regional Celaya</t>
+  </si>
+  <si>
+    <t>Octavio</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Olvera Mancera </t>
+  </si>
+  <si>
+    <t>octavio.olvera@ieeg.org.mx</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vega Razo </t>
+  </si>
+  <si>
+    <t>celaya@ieeg.org.mx</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rosales Martínez </t>
+  </si>
+  <si>
+    <t>juanpablo.rosales@ieeg.org.mx</t>
+  </si>
+  <si>
+    <t>Directorio del Área: Junta Ejecutiva Regional Cortazar</t>
+  </si>
+  <si>
     <t>Jorge Luis</t>
   </si>
   <si>
     <t xml:space="preserve">Hernández Altamirano </t>
   </si>
   <si>
     <t>jorge.hernandez@ieeg.org.mx</t>
   </si>
   <si>
-    <t>Secretaria/o de Órgano Desconcentrado</t>
-[...65 lines deleted...]
-    <t>Directorio del Área: Junta Ejecutiva Regional Cortazar</t>
+    <t>Cinthia Elena</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Leal Zeydan </t>
+  </si>
+  <si>
+    <t>cortazar@ieeg.org.mx</t>
+  </si>
+  <si>
+    <t>María Gabriela</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hernández Juárez </t>
+  </si>
+  <si>
+    <t>gabriela.hernandez@ieeg.org.mx</t>
+  </si>
+  <si>
+    <t>Angélica María</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Salinas Suárez </t>
+  </si>
+  <si>
+    <t>angelica.salinas@ieeg.org.mx</t>
+  </si>
+  <si>
+    <t>Luis Esteban</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pérez Meza </t>
+  </si>
+  <si>
+    <t>luis.perez@ieeg.org.mx</t>
+  </si>
+  <si>
+    <t>Directorio del Área: Junta Ejecutiva Regional Dolores Hidalgo CIN</t>
+  </si>
+  <si>
+    <t>Tannia</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Reyes Obezo </t>
+  </si>
+  <si>
+    <t>tannia.reyes@ieeg.org.mx</t>
+  </si>
+  <si>
+    <t>Elizabeth Ivone</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Francisco Mejía </t>
+  </si>
+  <si>
+    <t>dhidalgo@ieeg.org.mx</t>
+  </si>
+  <si>
+    <t>Víctor Hugo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Guerrero López </t>
+  </si>
+  <si>
+    <t>victor.guerrero@ieeg.org.mx</t>
+  </si>
+  <si>
+    <t>Anabel</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Luna Aguilar </t>
+  </si>
+  <si>
+    <t>anabel.luna@ieeg.org.mx</t>
+  </si>
+  <si>
+    <t>Directorio del Área: Junta Ejecutiva Regional Guanajuato</t>
+  </si>
+  <si>
+    <t>Rodolfo Alejandro</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Morrill Ortiz </t>
+  </si>
+  <si>
+    <t>alejandro.morril@ieeg.org.mx</t>
+  </si>
+  <si>
+    <t>Carolina</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Oliva Ramos </t>
+  </si>
+  <si>
+    <t>gto@ieeg.org.mx</t>
+  </si>
+  <si>
+    <t>Víctor Daniel</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hurtado Calvillo </t>
+  </si>
+  <si>
+    <t>victor.hurtado@ieeg.org.mx</t>
+  </si>
+  <si>
+    <t>Mónica Pamela</t>
+  </si>
+  <si>
+    <t xml:space="preserve">González Ortega </t>
+  </si>
+  <si>
+    <t>monica.gonzalez@ieeg.org.mx</t>
+  </si>
+  <si>
+    <t>Directorio del Área: Junta Ejecutiva Regional Irapuato</t>
   </si>
   <si>
     <t xml:space="preserve">Solís González </t>
   </si>
   <si>
     <t>carlos.solis@ieeg.org.mx</t>
   </si>
   <si>
-    <t>Cinthia Elena</t>
-[...113 lines deleted...]
-    <t>Directorio del Área: Junta Ejecutiva Regional Irapuato</t>
+    <t>Ivonne</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Quevedo Ponce </t>
+  </si>
+  <si>
+    <t>irapuato@ieeg.org.mx</t>
+  </si>
+  <si>
+    <t>Estela Josefina</t>
+  </si>
+  <si>
+    <t xml:space="preserve">García Juárez </t>
+  </si>
+  <si>
+    <t>estela.garcia@ieeg.org.mx</t>
+  </si>
+  <si>
+    <t>Margarita Elizabeth</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Franco Medina </t>
+  </si>
+  <si>
+    <t>margarita.franco@ieeg.org.mx</t>
+  </si>
+  <si>
+    <t>Directorio del Área: Junta Ejecutiva Regional León</t>
+  </si>
+  <si>
+    <t>Salvador</t>
+  </si>
+  <si>
+    <t xml:space="preserve">López Campos </t>
+  </si>
+  <si>
+    <t>salvador.lopez@ieeg.org.mx</t>
+  </si>
+  <si>
+    <t>María Rubi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Huerta Rodríguez </t>
+  </si>
+  <si>
+    <t>leon.norte@ieeg.org.mx</t>
+  </si>
+  <si>
+    <t>Federico</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Herrera Pérez </t>
+  </si>
+  <si>
+    <t>federico.herrera@ieeg.org.mx</t>
+  </si>
+  <si>
+    <t>Rocío Ivonne</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Guzmán Ortiz </t>
+  </si>
+  <si>
+    <t>rocio.guzman@ieeg.org.mx</t>
+  </si>
+  <si>
+    <t>Directorio del Área: Junta Ejecutiva Regional Pénjamo</t>
+  </si>
+  <si>
+    <t>Mirta Cristina</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Palacios Yebra </t>
+  </si>
+  <si>
+    <t>mirta.palacios@ieeg.org.mx</t>
+  </si>
+  <si>
+    <t>Elisa</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Estrada Medel </t>
+  </si>
+  <si>
+    <t>penjamo@ieeg.org.mx</t>
+  </si>
+  <si>
+    <t>Juana Ibett</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Guevara Ramírez </t>
+  </si>
+  <si>
+    <t>juana.guevara@ieeg.org.mx</t>
+  </si>
+  <si>
+    <t>Jorge Enrique</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mendoza Ramírez </t>
+  </si>
+  <si>
+    <t>jorge.mendoza@ieeg.org.mx</t>
+  </si>
+  <si>
+    <t>Directorio del Área: Junta Ejecutiva Regional Salamanca</t>
   </si>
   <si>
     <t>Noé Neftalí</t>
   </si>
   <si>
     <t xml:space="preserve">Castro Gallardo </t>
   </si>
   <si>
     <t>noe.castro@ieeg.org.mx</t>
   </si>
   <si>
-    <t>Ivonne</t>
-[...115 lines deleted...]
-  <si>
     <t>Susana</t>
   </si>
   <si>
     <t>Mendoza Ávila</t>
   </si>
   <si>
     <t>salamanca@ieeg.org.mx</t>
   </si>
   <si>
     <t>Yuliana Nayade</t>
   </si>
   <si>
     <t xml:space="preserve">López León </t>
   </si>
   <si>
     <t>yuliana.lopez@ieeg.org.mx</t>
   </si>
   <si>
     <t>Aranza Lorena</t>
   </si>
   <si>
     <t xml:space="preserve"> Díaz Zavala</t>
   </si>
   <si>
     <t>aranza.diaz@ieeg.org.mx</t>
@@ -1342,116 +1348,116 @@
   <si>
     <t xml:space="preserve">Villanueva García </t>
   </si>
   <si>
     <t>alfonso.villanueva@ieeg.org.mx</t>
   </si>
   <si>
     <t>Verónica</t>
   </si>
   <si>
     <t xml:space="preserve">Hernández Loyola </t>
   </si>
   <si>
     <t>slpaz@ieeg.org.mx</t>
   </si>
   <si>
     <t>Isaac Leonardo</t>
   </si>
   <si>
     <t xml:space="preserve">Aguirre Estrada </t>
   </si>
   <si>
     <t>issac.aguirre@ieeg.org.mx</t>
   </si>
   <si>
+    <t xml:space="preserve">Gisela </t>
+  </si>
+  <si>
+    <t>Franco Morales</t>
+  </si>
+  <si>
+    <t>gisela.franco@ieeg.org.mx</t>
+  </si>
+  <si>
     <t>Directorio del Área: Junta Ejecutiva Regional San Miguel Allende</t>
   </si>
   <si>
+    <t>Viviana Cristel</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Navarro Meza </t>
+  </si>
+  <si>
+    <t>cristel.navarro@ieeg.org.mx</t>
+  </si>
+  <si>
     <t>Juana</t>
   </si>
   <si>
     <t xml:space="preserve">Arellano Rosas </t>
   </si>
   <si>
     <t>juana.arellano@ieeg.org.mx</t>
   </si>
   <si>
     <t>Sandra Jessica</t>
   </si>
   <si>
     <t xml:space="preserve">Baeza Chávez </t>
   </si>
   <si>
     <t>smallende.gto@ieeg.org.mx</t>
   </si>
   <si>
-    <t>Viviana Cristel</t>
-[...7 lines deleted...]
-  <si>
     <t>Ismael</t>
   </si>
   <si>
     <t xml:space="preserve">Tadeo González </t>
   </si>
   <si>
     <t>Cristian</t>
   </si>
   <si>
     <t xml:space="preserve">Pérez Badillo </t>
   </si>
   <si>
     <t>cristian.perez@ieeg.org.mx</t>
   </si>
   <si>
     <t>Directorio del Área: Junta Ejecutiva Regional Valle de Santiago</t>
   </si>
   <si>
     <t>Mirta</t>
   </si>
   <si>
     <t xml:space="preserve">López Zárate </t>
   </si>
   <si>
     <t>mirta.lopez@ieeg.org.mx</t>
   </si>
   <si>
-    <t>José Antonio</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Luna Villegas </t>
   </si>
   <si>
     <t>juana.luna@ieeg.org.mx</t>
   </si>
   <si>
     <t>Remmy</t>
   </si>
   <si>
     <t xml:space="preserve">Renovato Rivera </t>
   </si>
   <si>
     <t>remmy.renovato@ieeg.org.mx</t>
   </si>
   <si>
     <t>Miriam</t>
   </si>
   <si>
     <t xml:space="preserve">Alanis Barrios </t>
   </si>
   <si>
     <t>miriam.alanis@ieeg.org.mx</t>
   </si>
   <si>
     <t>Directorio del Área: Junta Ejecutiva Regional Yuriria</t>
@@ -1462,56 +1468,50 @@
   <si>
     <t xml:space="preserve">García Ruíz </t>
   </si>
   <si>
     <t>anita.garcia@ieeg.org.mx</t>
   </si>
   <si>
     <t xml:space="preserve"> Sandra Jacqueline</t>
   </si>
   <si>
     <t xml:space="preserve">Escamilla García </t>
   </si>
   <si>
     <t>yuriria.gto@ieeg.org.mx</t>
   </si>
   <si>
     <t>Arturo</t>
   </si>
   <si>
     <t xml:space="preserve">Aboytes Guerrero </t>
   </si>
   <si>
     <t>arturo.aboites@ieeg.org.mx</t>
   </si>
   <si>
-    <t xml:space="preserve">Rosales Martínez </t>
-[...4 lines deleted...]
-  <si>
     <t>Directorio del Área: Órgano Interno de Control</t>
   </si>
   <si>
     <t>Brenda Paulina</t>
   </si>
   <si>
     <t xml:space="preserve">Hernández González </t>
   </si>
   <si>
     <t>brenda.hernandez@ieeg.org.mx</t>
   </si>
   <si>
     <t>Titular del Órgano Interno de Control</t>
   </si>
   <si>
     <t>Carlos Eduardo</t>
   </si>
   <si>
     <t xml:space="preserve">Betancourt Camino </t>
   </si>
   <si>
     <t>carlos.betancourt@ieeg.org.mx</t>
   </si>
   <si>
     <t>Coordinador/a de Auditorias</t>
@@ -1594,71 +1594,71 @@
   <si>
     <t xml:space="preserve">Torres Sánchez </t>
   </si>
   <si>
     <t>elizabeth.torress@ieeg.org.mx</t>
   </si>
   <si>
     <t>Araceli</t>
   </si>
   <si>
     <t xml:space="preserve">García Barbosa </t>
   </si>
   <si>
     <t>araceli.garcia@ieeg.org.mx</t>
   </si>
   <si>
     <t>María José</t>
   </si>
   <si>
     <t xml:space="preserve">Morán Jaime </t>
   </si>
   <si>
     <t>mariajose.moran@ieeg.org.mx</t>
   </si>
   <si>
+    <t>Fermín</t>
+  </si>
+  <si>
+    <t>Cornejo Negrete</t>
+  </si>
+  <si>
+    <t>fermin.cornejonegrete@ieeg.org.mx</t>
+  </si>
+  <si>
+    <t>Asesora/or</t>
+  </si>
+  <si>
     <t>María Inés</t>
   </si>
   <si>
     <t xml:space="preserve">Reynoso Ornelas </t>
   </si>
   <si>
     <t>ines.reynoso@ieeg.org.mx</t>
   </si>
   <si>
-    <t>Asesora/or</t>
-[...10 lines deleted...]
-  <si>
     <t>Lizania Edith</t>
   </si>
   <si>
     <t xml:space="preserve">Flores Campos </t>
   </si>
   <si>
     <t>lizania.flores@ieeg.org.mx</t>
   </si>
   <si>
     <t>María</t>
   </si>
   <si>
     <t xml:space="preserve">Castillo Reyes </t>
   </si>
   <si>
     <t>maria.castillo@ieeg.org.mx</t>
   </si>
   <si>
     <t>Auditor/a de Fiscalización</t>
   </si>
   <si>
     <t>Marisol</t>
   </si>
   <si>
     <t xml:space="preserve">Arriaga Cano </t>
@@ -1855,50 +1855,59 @@
   <si>
     <t>Directorio del Área: Unidad Técnica de Igualdad de Género y No Discriminación</t>
   </si>
   <si>
     <t>Dulce María de Fátima</t>
   </si>
   <si>
     <t xml:space="preserve">Lara Morales </t>
   </si>
   <si>
     <t>dulce.lara@ieeg.org.mx</t>
   </si>
   <si>
     <t>Titular de la Unidad Técnica de Igualdad de Género y No Discriminación</t>
   </si>
   <si>
     <t>Mariela Isamar</t>
   </si>
   <si>
     <t xml:space="preserve">Flores Labrada </t>
   </si>
   <si>
     <t>mariela.flores@ieeg.org.mx</t>
   </si>
   <si>
+    <t>Reyna Cecilia</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Castillo Herrera</t>
+  </si>
+  <si>
+    <t>reyna.castillo@ieeg.org.mx</t>
+  </si>
+  <si>
     <t>Directorio del Área: Unidad Técnica de Sistemas de Información y Telecomunicaciones</t>
   </si>
   <si>
     <t>Luis Armando</t>
   </si>
   <si>
     <t xml:space="preserve">Montoya Castillo </t>
   </si>
   <si>
     <t>armando.montoya@ieeg.org.mx</t>
   </si>
   <si>
     <t>Titular de la Unidad Técnica de Sistemas de Información y Telecomunicaciones</t>
   </si>
   <si>
     <t>Myriam</t>
   </si>
   <si>
     <t xml:space="preserve">Zamarripa Sandoval </t>
   </si>
   <si>
     <t>myriamzamarripa@ieeg.org.mx</t>
   </si>
   <si>
     <t>María Monserrat</t>
@@ -2092,92 +2101,101 @@
   <si>
     <t>Titular Unidad Técnica del Voto de Guanajuatenses Residentes en el Extranjero</t>
   </si>
   <si>
     <t>Romyna</t>
   </si>
   <si>
     <t xml:space="preserve">Guerra Carreón </t>
   </si>
   <si>
     <t>romina.guerra@ieeg.org.mx</t>
   </si>
   <si>
     <t>Fabiola Paulina</t>
   </si>
   <si>
     <t xml:space="preserve">Valencia Velázquez </t>
   </si>
   <si>
     <t>fabiola.valencia@ieeg.org.mx</t>
   </si>
   <si>
     <t>Directorio del Área: Unidad Técnica Jurídica y de lo Contencioso Electoral</t>
   </si>
   <si>
+    <t xml:space="preserve">Ma. Goreti </t>
+  </si>
+  <si>
+    <t>Rocha Aguilar</t>
+  </si>
+  <si>
+    <t>goreti.rocha@ieeg.org.mx</t>
+  </si>
+  <si>
+    <t>Titular de la Unidad Técnica Jurídica y de lo Contencioso Electoral</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elda Elizabeth </t>
+  </si>
+  <si>
+    <t>Zarazúa Hernández</t>
+  </si>
+  <si>
+    <t>elizabeth.zarazua@ieeg.org.mx</t>
+  </si>
+  <si>
+    <t>Rigoberto</t>
+  </si>
+  <si>
+    <t>Zavala Castro</t>
+  </si>
+  <si>
+    <t>rigoberto.zavala@ieeg.org.mx</t>
+  </si>
+  <si>
+    <t>Brenda Itzel</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Villafuerte Gasca </t>
+  </si>
+  <si>
+    <t>brenda.villafuerte@ieeg.org.mx</t>
+  </si>
+  <si>
+    <t>Coordinadora/or de Gestión</t>
+  </si>
+  <si>
     <t xml:space="preserve">Gasca Arriaga </t>
   </si>
   <si>
     <t>carolina.gasca@ieeg.org.mx</t>
   </si>
   <si>
     <t>Jefa/e de Normatividad</t>
   </si>
   <si>
-    <t xml:space="preserve">Ma. Goreti </t>
-[...31 lines deleted...]
-  <si>
     <t>Leopoldo Roberto</t>
   </si>
   <si>
     <t>González Morales</t>
   </si>
   <si>
     <t>leopoldo.gonzalez@ieeg.org.mx</t>
   </si>
   <si>
     <t>Subdirectora/or Juridica/o</t>
   </si>
   <si>
     <t>Rebeca</t>
   </si>
   <si>
     <t>Hernández Millán</t>
   </si>
   <si>
     <t>rebeca.hernandezm@ieeg.org.mx</t>
   </si>
   <si>
     <t>Subdirectora/or Contenciosa/o</t>
   </si>
   <si>
     <t>Maricela</t>
@@ -2234,59 +2252,50 @@
     <t>milton.hernandez@ieeg.org.mx</t>
   </si>
   <si>
     <t>Jefa/e de Procedimientos Ordinarios y Especiales Sancionadores</t>
   </si>
   <si>
     <t>Christian Adrián</t>
   </si>
   <si>
     <t>Fonseca Loza</t>
   </si>
   <si>
     <t>christian.fonseca@ieeg.org.mx</t>
   </si>
   <si>
     <t>María Alejandra</t>
   </si>
   <si>
     <t xml:space="preserve">Aguilar Durán </t>
   </si>
   <si>
     <t>alejandra.aguilar@ieeg.org.mx</t>
   </si>
   <si>
     <t>Especialista en Procedimientos Ordinarios y Especiales Sancionadores</t>
-  </si>
-[...7 lines deleted...]
-    <t>fermin.cornejonegrete@ieeg.org.mx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -4278,1687 +4287,1702 @@
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G10"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A10" sqref="A10:G10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567139" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="36.419678" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="101.403809" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="3" t="s">
-        <v>40</v>
+        <v>302</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>301</v>
-[...9 lines deleted...]
-      </c>
+        <v>304</v>
+      </c>
+      <c r="D6" s="3"/>
+      <c r="E6" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="F6" s="3"/>
       <c r="G6" s="3" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="D7" s="4">
         <v>4111191720</v>
       </c>
       <c r="E7" s="4">
         <v>4111554569</v>
       </c>
       <c r="F7" s="4">
         <v>4402</v>
       </c>
       <c r="G7" s="4" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="3" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="D8" s="3">
         <v>4111191720</v>
       </c>
       <c r="E8" s="3">
         <v>4111554569</v>
       </c>
       <c r="F8" s="3">
         <v>4402</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="4" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="D9" s="4">
         <v>4111191720</v>
       </c>
       <c r="E9" s="4">
         <v>4111554569</v>
       </c>
       <c r="F9" s="4">
         <v>4404</v>
       </c>
       <c r="G9" s="4" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="3" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="C10" s="3" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="D10" s="3">
         <v>4111191720</v>
       </c>
       <c r="E10" s="3">
         <v>4111554569</v>
       </c>
       <c r="F10" s="3">
         <v>4403</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>277</v>
+        <v>289</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G9"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A9" sqref="A9:G9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="32.991943" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="101.403809" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="3" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="D6" s="3">
         <v>4181822690</v>
       </c>
       <c r="E6" s="3">
         <v>4181824970</v>
       </c>
       <c r="F6" s="3">
         <v>4101</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="D7" s="4">
         <v>4181822690</v>
       </c>
       <c r="E7" s="4">
         <v>4181824970</v>
       </c>
       <c r="F7" s="4">
         <v>4102</v>
       </c>
       <c r="G7" s="4" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="3" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="D8" s="3">
         <v>4181822690</v>
       </c>
       <c r="E8" s="3">
         <v>4181824970</v>
       </c>
       <c r="F8" s="3">
         <v>4103</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>277</v>
+        <v>289</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="4" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="D9" s="4">
         <v>4181822690</v>
       </c>
       <c r="E9" s="4">
         <v>4181824970</v>
       </c>
       <c r="F9" s="4">
         <v>4104</v>
       </c>
       <c r="G9" s="4" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G9"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A9" sqref="A9:G9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="34.134521" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="101.403809" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="3" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="D6" s="3">
         <v>4731027505</v>
       </c>
       <c r="E6" s="3">
         <v>4731027327</v>
       </c>
       <c r="F6" s="3">
         <v>4151</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="D7" s="4">
         <v>4731027505</v>
       </c>
       <c r="E7" s="4">
         <v>4731027327</v>
       </c>
       <c r="F7" s="4">
         <v>4152</v>
       </c>
       <c r="G7" s="4" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="3" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="D8" s="3">
         <v>4731027505</v>
       </c>
       <c r="E8" s="3">
         <v>4731027327</v>
       </c>
       <c r="F8" s="3">
         <v>4153</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>277</v>
+        <v>289</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="4" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="D9" s="4">
         <v>4731027505</v>
       </c>
       <c r="E9" s="4">
         <v>4731027327</v>
       </c>
       <c r="F9" s="4">
         <v>4154</v>
       </c>
       <c r="G9" s="4" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G9"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A9" sqref="A9:G9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="23.422852" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="19.995117" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="34.134521" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="101.403809" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="3" t="s">
-        <v>341</v>
+        <v>40</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="D6" s="3">
         <v>4626245989</v>
       </c>
       <c r="E6" s="3">
         <v>4626249767</v>
       </c>
       <c r="F6" s="3">
         <v>4201</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="D7" s="4">
         <v>4626245989</v>
       </c>
       <c r="E7" s="4">
         <v>4626249767</v>
       </c>
       <c r="F7" s="4">
         <v>4202</v>
       </c>
       <c r="G7" s="4" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="3" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="D8" s="3">
         <v>4626245989</v>
       </c>
       <c r="E8" s="3">
         <v>4626249767</v>
       </c>
       <c r="F8" s="3">
         <v>4203</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>277</v>
+        <v>289</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="4" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="D9" s="4">
         <v>4626245989</v>
       </c>
       <c r="E9" s="4">
         <v>4626249767</v>
       </c>
       <c r="F9" s="4">
         <v>4204</v>
       </c>
       <c r="G9" s="4" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G9"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A9" sqref="A9:G9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="34.134521" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="101.403809" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="3" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="D6" s="3">
         <v>4777188389</v>
       </c>
       <c r="E6" s="3">
         <v>4777166722</v>
       </c>
       <c r="F6" s="3">
         <v>4651</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="D7" s="4">
         <v>4777188389</v>
       </c>
       <c r="E7" s="4">
         <v>4777166722</v>
       </c>
       <c r="F7" s="4">
         <v>4652</v>
       </c>
       <c r="G7" s="4" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="3" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="D8" s="3">
         <v>4777188389</v>
       </c>
       <c r="E8" s="3">
         <v>4777166722</v>
       </c>
       <c r="F8" s="3">
         <v>4653</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>277</v>
+        <v>289</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="4" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="D9" s="4">
         <v>4777188389</v>
       </c>
       <c r="E9" s="4">
         <v>4777166722</v>
       </c>
       <c r="F9" s="4">
         <v>4654</v>
       </c>
       <c r="G9" s="4" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G9"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A9" sqref="A9:G9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.706543" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="101.403809" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="3" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="D6" s="3">
         <v>4696921887</v>
       </c>
       <c r="E6" s="3">
         <v>4696880052</v>
       </c>
       <c r="F6" s="3">
         <v>4301</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="D7" s="4">
         <v>4696921887</v>
       </c>
       <c r="E7" s="4">
         <v>4696880052</v>
       </c>
       <c r="F7" s="4">
         <v>4302</v>
       </c>
       <c r="G7" s="4" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="3" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="D8" s="3">
         <v>4696921887</v>
       </c>
       <c r="E8" s="3">
         <v>4696880052</v>
       </c>
       <c r="F8" s="3">
         <v>4303</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>277</v>
+        <v>289</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="4" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="D9" s="4">
         <v>4696921887</v>
       </c>
       <c r="E9" s="4">
         <v>4696880052</v>
       </c>
       <c r="F9" s="4">
         <v>4304</v>
       </c>
       <c r="G9" s="4" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G9"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A9" sqref="A9:G9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567139" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="30.563965" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="101.403809" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="3" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="D6" s="3">
         <v>4646484688</v>
       </c>
       <c r="E6" s="3">
         <v>4646475636</v>
       </c>
       <c r="F6" s="3">
         <v>4351</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="D7" s="4">
         <v>4646484688</v>
       </c>
       <c r="E7" s="4">
         <v>4646475636</v>
       </c>
       <c r="F7" s="4">
         <v>4352</v>
       </c>
       <c r="G7" s="4" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="3" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="D8" s="3">
         <v>4646484688</v>
       </c>
       <c r="E8" s="3">
         <v>4646475636</v>
       </c>
       <c r="F8" s="3">
         <v>4353</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>277</v>
+        <v>289</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="4" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="D9" s="4">
         <v>4646484688</v>
       </c>
       <c r="E9" s="4">
         <v>4646475636</v>
       </c>
       <c r="F9" s="4">
         <v>4354</v>
       </c>
       <c r="G9" s="4" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G9"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A9" sqref="A9:G9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.990234" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="101.403809" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="3" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="D6" s="3">
         <v>4767435571</v>
       </c>
       <c r="E6" s="3">
         <v>4766880091</v>
       </c>
       <c r="F6" s="3">
         <v>4451</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="D7" s="4">
         <v>4767435571</v>
       </c>
       <c r="E7" s="4">
         <v>4766880091</v>
       </c>
       <c r="F7" s="4">
         <v>4452</v>
       </c>
       <c r="G7" s="4" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="3" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="D8" s="3">
         <v>4767435571</v>
       </c>
       <c r="E8" s="3">
         <v>4766880091</v>
       </c>
       <c r="F8" s="3">
         <v>4453</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>277</v>
+        <v>289</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="4" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="D9" s="4">
         <v>4767435571</v>
       </c>
       <c r="E9" s="4">
         <v>4766880091</v>
       </c>
       <c r="F9" s="4">
         <v>4454</v>
       </c>
       <c r="G9" s="4" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G8"/>
+  <dimension ref="A1:G9"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A8" sqref="A8:G8"/>
+      <selection activeCell="A9" sqref="A9:G9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="36.419678" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="101.403809" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="3" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="D6" s="3">
         <v>4686883320</v>
       </c>
       <c r="E6" s="3">
         <v>4686886946</v>
       </c>
       <c r="F6" s="3">
         <v>4501</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="D7" s="4">
         <v>4686883320</v>
       </c>
       <c r="E7" s="4">
         <v>4686886946</v>
       </c>
       <c r="F7" s="4">
         <v>4502</v>
       </c>
       <c r="G7" s="4" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="3" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="D8" s="3">
         <v>4686883320</v>
       </c>
       <c r="E8" s="3">
         <v>4686886946</v>
       </c>
       <c r="F8" s="3">
+        <v>4503</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7">
+      <c r="A9" s="4" t="s">
+        <v>417</v>
+      </c>
+      <c r="B9" s="4" t="s">
+        <v>418</v>
+      </c>
+      <c r="C9" s="4" t="s">
+        <v>419</v>
+      </c>
+      <c r="D9" s="4">
+        <v>4686883320</v>
+      </c>
+      <c r="E9" s="4">
+        <v>4686886946</v>
+      </c>
+      <c r="F9" s="4">
         <v>4504</v>
       </c>
-      <c r="G8" s="3" t="s">
-        <v>281</v>
+      <c r="G9" s="4" t="s">
+        <v>278</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G10"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A10" sqref="A10:G10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="32.991943" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="101.403809" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>415</v>
+        <v>420</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>418</v>
-[...9 lines deleted...]
-      </c>
+        <v>423</v>
+      </c>
+      <c r="D6" s="3"/>
+      <c r="E6" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="F6" s="3"/>
       <c r="G6" s="3" t="s">
-        <v>270</v>
+        <v>278</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>420</v>
+        <v>425</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>421</v>
+        <v>426</v>
       </c>
       <c r="D7" s="4">
         <v>4151858624</v>
       </c>
       <c r="E7" s="4">
         <v>4151205709</v>
       </c>
       <c r="F7" s="4">
-        <v>4802</v>
+        <v>4801</v>
       </c>
       <c r="G7" s="4" t="s">
-        <v>76</v>
+        <v>271</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="3" t="s">
-        <v>422</v>
+        <v>427</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="D8" s="3">
         <v>4151858624</v>
       </c>
       <c r="E8" s="3">
         <v>4151205709</v>
       </c>
       <c r="F8" s="3">
         <v>4802</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="4" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>421</v>
+        <v>429</v>
       </c>
       <c r="D9" s="4">
         <v>4151858624</v>
       </c>
       <c r="E9" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F9" s="4">
         <v>4803</v>
       </c>
       <c r="G9" s="4" t="s">
-        <v>277</v>
+        <v>289</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="3" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="C10" s="3" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
       <c r="D10" s="3">
-        <v>4151858624</v>
+        <v>4451684798</v>
       </c>
       <c r="E10" s="3">
-        <v>4151205709</v>
+        <v>4451683751</v>
       </c>
       <c r="F10" s="3">
-        <v>4804</v>
+        <v>4704</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
@@ -6406,395 +6430,353 @@
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G11"/>
+  <dimension ref="A1:G9"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A11" sqref="A11:G11"/>
+      <selection activeCell="A9" sqref="A9:G9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="38.847656" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.706543" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="101.403809" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="3" t="s">
-        <v>431</v>
+        <v>436</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>433</v>
+        <v>438</v>
       </c>
       <c r="D6" s="3">
         <v>4566435790</v>
       </c>
       <c r="E6" s="3">
         <v>4566438513</v>
       </c>
       <c r="F6" s="3">
         <v>4601</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4" t="s">
-        <v>270</v>
-[...2 lines deleted...]
-      <c r="C7" s="4"/>
+        <v>424</v>
+      </c>
+      <c r="B7" s="4" t="s">
+        <v>439</v>
+      </c>
+      <c r="C7" s="4" t="s">
+        <v>440</v>
+      </c>
       <c r="D7" s="4">
         <v>4566435790</v>
       </c>
       <c r="E7" s="4">
         <v>4566438513</v>
       </c>
       <c r="F7" s="4">
-        <v>4601</v>
+        <v>4602</v>
       </c>
       <c r="G7" s="4" t="s">
-        <v>270</v>
+        <v>76</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="3" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>436</v>
+        <v>443</v>
       </c>
       <c r="D8" s="3">
         <v>4566435790</v>
       </c>
       <c r="E8" s="3">
         <v>4566438513</v>
       </c>
       <c r="F8" s="3">
-        <v>4602</v>
+        <v>4603</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>76</v>
+        <v>289</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="4" t="s">
-        <v>416</v>
+        <v>444</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>437</v>
+        <v>445</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>438</v>
+        <v>446</v>
       </c>
       <c r="D9" s="4">
         <v>4566435790</v>
       </c>
       <c r="E9" s="4">
         <v>4566438513</v>
       </c>
       <c r="F9" s="4">
-        <v>4602</v>
+        <v>4604</v>
       </c>
       <c r="G9" s="4" t="s">
-        <v>76</v>
-[...45 lines deleted...]
-        <v>281</v>
+        <v>278</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G9"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A9" sqref="A9:G9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="35.2771" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="31.706543" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="101.403809" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="3" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="D6" s="3">
         <v>4451684798</v>
       </c>
       <c r="E6" s="3">
         <v>4451683751</v>
       </c>
       <c r="F6" s="3">
         <v>4701</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="D7" s="4">
         <v>4451684798</v>
       </c>
       <c r="E7" s="4">
         <v>4451683751</v>
       </c>
       <c r="F7" s="4">
         <v>4702</v>
       </c>
       <c r="G7" s="4" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="3" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="D8" s="3">
         <v>4451684798</v>
       </c>
       <c r="E8" s="3">
         <v>4451683751</v>
       </c>
       <c r="F8" s="3">
         <v>4703</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>277</v>
+        <v>289</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="4" t="s">
-        <v>245</v>
+        <v>432</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>455</v>
+        <v>433</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>456</v>
+        <v>434</v>
       </c>
       <c r="D9" s="4">
         <v>4451684798</v>
       </c>
       <c r="E9" s="4">
         <v>4451683751</v>
       </c>
       <c r="F9" s="4">
         <v>4704</v>
       </c>
       <c r="G9" s="4" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
@@ -7022,51 +7004,51 @@
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G28"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A28" sqref="A28:G28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.422852" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="35.2771" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.990234" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="61.270752" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="2" t="s">
@@ -7085,51 +7067,51 @@
     <row r="6" spans="1:7">
       <c r="A6" s="3" t="s">
         <v>487</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>488</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>489</v>
       </c>
       <c r="D6" s="3">
         <v>4737353000</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F6" s="3">
         <v>3302</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>490</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>491</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>492</v>
       </c>
       <c r="D7" s="4">
         <v>4737353000</v>
       </c>
       <c r="E7" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F7" s="4">
         <v>3302</v>
       </c>
       <c r="G7" s="4" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="3" t="s">
         <v>493</v>
       </c>
       <c r="B8" s="3" t="s">
@@ -7169,77 +7151,77 @@
       </c>
       <c r="F9" s="4">
         <v>3304</v>
       </c>
       <c r="G9" s="4" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="3" t="s">
         <v>499</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>500</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>501</v>
       </c>
       <c r="D10" s="3">
         <v>4737353000</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="3">
-        <v>3303</v>
+        <v>3317</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="4" t="s">
         <v>503</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>504</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>505</v>
       </c>
       <c r="D11" s="4">
         <v>4737353000</v>
       </c>
       <c r="E11" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F11" s="4">
-        <v>3317</v>
+        <v>3303</v>
       </c>
       <c r="G11" s="4" t="s">
-        <v>39</v>
+        <v>502</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="3" t="s">
         <v>506</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>508</v>
       </c>
       <c r="D12" s="3">
         <v>4737353000</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F12" s="3">
         <v>3313</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>502</v>
       </c>
     </row>
@@ -7356,51 +7338,51 @@
       </c>
       <c r="G17" s="4" t="s">
         <v>527</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="3" t="s">
         <v>528</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>529</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>530</v>
       </c>
       <c r="D18" s="3">
         <v>4737353000</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F18" s="3">
         <v>3316</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="4" t="s">
         <v>531</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>532</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>533</v>
       </c>
       <c r="D19" s="4">
         <v>4737353000</v>
       </c>
       <c r="E19" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F19" s="4">
         <v>3310</v>
       </c>
       <c r="G19" s="4" t="s">
         <v>534</v>
       </c>
     </row>
@@ -7469,51 +7451,51 @@
       </c>
       <c r="G22" s="3" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="4" t="s">
         <v>546</v>
       </c>
       <c r="B23" s="4" t="s">
         <v>547</v>
       </c>
       <c r="C23" s="4" t="s">
         <v>548</v>
       </c>
       <c r="D23" s="4">
         <v>4737353000</v>
       </c>
       <c r="E23" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F23" s="4">
         <v>3320</v>
       </c>
       <c r="G23" s="4" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="3" t="s">
         <v>549</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>550</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>551</v>
       </c>
       <c r="D24" s="3">
         <v>4737353000</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F24" s="3">
         <v>3260</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>552</v>
       </c>
     </row>
@@ -7566,51 +7548,51 @@
     <row r="27" spans="1:7">
       <c r="A27" s="4" t="s">
         <v>561</v>
       </c>
       <c r="B27" s="4" t="s">
         <v>562</v>
       </c>
       <c r="C27" s="4" t="s">
         <v>563</v>
       </c>
       <c r="D27" s="4">
         <v>4737353000</v>
       </c>
       <c r="E27" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F27" s="4">
         <v>3309</v>
       </c>
       <c r="G27" s="4" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="3" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>564</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>565</v>
       </c>
       <c r="D28" s="3">
         <v>4737353000</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F28" s="3">
         <v>6002</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>76</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
@@ -7754,60 +7736,60 @@
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G7"/>
+  <dimension ref="A1:G8"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A7" sqref="A7:G7"/>
+      <selection activeCell="A8" sqref="A8:G8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="25.85083" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.706543" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="83.693848" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
         <v>578</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>3</v>
       </c>
@@ -7845,569 +7827,592 @@
       </c>
       <c r="G6" s="3" t="s">
         <v>582</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4" t="s">
         <v>583</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>584</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>585</v>
       </c>
       <c r="D7" s="4">
         <v>4737353000</v>
       </c>
       <c r="E7" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F7" s="4">
         <v>3253</v>
       </c>
       <c r="G7" s="4" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7">
+      <c r="A8" s="3" t="s">
+        <v>586</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>587</v>
+      </c>
+      <c r="C8" s="3" t="s">
+        <v>588</v>
+      </c>
+      <c r="D8" s="3">
+        <v>4737353000</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="F8" s="3">
+        <v>3291</v>
+      </c>
+      <c r="G8" s="3" t="s">
         <v>477</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G25"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A25" sqref="A25:G25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="35.2771" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="90.692139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="3" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>588</v>
+        <v>591</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>589</v>
+        <v>592</v>
       </c>
       <c r="D6" s="3">
         <v>4737353000</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F6" s="3">
         <v>3902</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>590</v>
+        <v>593</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4" t="s">
-        <v>591</v>
+        <v>594</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>593</v>
+        <v>596</v>
       </c>
       <c r="D7" s="4">
         <v>4737353000</v>
       </c>
       <c r="E7" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F7" s="4">
         <v>3902</v>
       </c>
       <c r="G7" s="4" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="3" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="D8" s="3">
         <v>4737353000</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="3">
         <v>3905</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="4" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>598</v>
+        <v>601</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="D9" s="4">
         <v>4737353000</v>
       </c>
       <c r="E9" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F9" s="4">
         <v>3913</v>
       </c>
       <c r="G9" s="4" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="3" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="C10" s="3" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="D10" s="3">
         <v>4737353000</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="3">
         <v>3920</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="4" t="s">
-        <v>604</v>
+        <v>607</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>605</v>
+        <v>608</v>
       </c>
       <c r="C11" s="4" t="s">
-        <v>606</v>
+        <v>609</v>
       </c>
       <c r="D11" s="4">
         <v>4737353000</v>
       </c>
       <c r="E11" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F11" s="4">
         <v>3911</v>
       </c>
       <c r="G11" s="4" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="3" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="C12" s="3" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="D12" s="3">
         <v>4737353000</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F12" s="3">
         <v>3903</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>611</v>
+        <v>614</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="4" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
       <c r="C13" s="4" t="s">
-        <v>613</v>
+        <v>616</v>
       </c>
       <c r="D13" s="4">
         <v>4737353000</v>
       </c>
       <c r="E13" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F13" s="4">
         <v>3904</v>
       </c>
       <c r="G13" s="4" t="s">
-        <v>614</v>
+        <v>617</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="3" t="s">
-        <v>615</v>
+        <v>618</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>616</v>
+        <v>619</v>
       </c>
       <c r="C14" s="3" t="s">
-        <v>617</v>
+        <v>620</v>
       </c>
       <c r="D14" s="3">
         <v>4737353000</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F14" s="3">
         <v>3912</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>618</v>
+        <v>621</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="4" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
       <c r="C15" s="4" t="s">
-        <v>621</v>
+        <v>624</v>
       </c>
       <c r="D15" s="4">
         <v>4737353000</v>
       </c>
       <c r="E15" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F15" s="4">
         <v>3914</v>
       </c>
       <c r="G15" s="4" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="3" t="s">
-        <v>623</v>
+        <v>626</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>624</v>
+        <v>627</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="D16" s="3">
         <v>4737353000</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F16" s="3">
         <v>3906</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="4" t="s">
-        <v>626</v>
+        <v>629</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="C17" s="4" t="s">
-        <v>628</v>
+        <v>631</v>
       </c>
       <c r="D17" s="4">
         <v>4737353000</v>
       </c>
       <c r="E17" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F17" s="4">
         <v>3927</v>
       </c>
       <c r="G17" s="4" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="3" t="s">
-        <v>629</v>
+        <v>632</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>630</v>
+        <v>633</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>631</v>
+        <v>634</v>
       </c>
       <c r="D18" s="3">
         <v>4737353000</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F18" s="3">
         <v>3928</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="4" t="s">
-        <v>632</v>
+        <v>635</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>633</v>
+        <v>636</v>
       </c>
       <c r="C19" s="4" t="s">
-        <v>634</v>
+        <v>637</v>
       </c>
       <c r="D19" s="4">
         <v>4737353000</v>
       </c>
       <c r="E19" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F19" s="4">
         <v>3908</v>
       </c>
       <c r="G19" s="4" t="s">
-        <v>635</v>
+        <v>638</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="3" t="s">
-        <v>636</v>
+        <v>639</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>637</v>
+        <v>640</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="D20" s="3">
         <v>4737353000</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F20" s="3">
         <v>3910</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="4" t="s">
-        <v>640</v>
+        <v>643</v>
       </c>
       <c r="B21" s="4" t="s">
-        <v>641</v>
+        <v>644</v>
       </c>
       <c r="C21" s="4" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="D21" s="4">
         <v>4737353000</v>
       </c>
       <c r="E21" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F21" s="4">
         <v>3909</v>
       </c>
       <c r="G21" s="4" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="3" t="s">
         <v>493</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="D22" s="3">
         <v>4737353000</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F22" s="3">
         <v>3918</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="4" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="B23" s="4" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
       <c r="C23" s="4" t="s">
-        <v>647</v>
+        <v>650</v>
       </c>
       <c r="D23" s="4">
         <v>4737353000</v>
       </c>
       <c r="E23" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F23" s="4">
         <v>3919</v>
       </c>
       <c r="G23" s="4" t="s">
-        <v>622</v>
+        <v>642</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="3" t="s">
-        <v>648</v>
+        <v>651</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>650</v>
+        <v>653</v>
       </c>
       <c r="D24" s="3">
         <v>4737353000</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F24" s="3">
         <v>3924</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="4" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="B25" s="4" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="4">
         <v>4737353000</v>
       </c>
       <c r="E25" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F25" s="4">
         <v>3999</v>
       </c>
       <c r="G25" s="4" t="s">
         <v>537</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
@@ -8426,573 +8431,575 @@
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G8"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A8" sqref="A8:G8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="36.419678" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="91.977539" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="3" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>655</v>
+        <v>658</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="D6" s="3">
         <v>4737353000</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F6" s="3">
         <v>3210</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>657</v>
+        <v>660</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4" t="s">
-        <v>658</v>
+        <v>661</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
       <c r="D7" s="4">
         <v>4737353000</v>
       </c>
       <c r="E7" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F7" s="4">
         <v>3211</v>
       </c>
       <c r="G7" s="4" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="3" t="s">
-        <v>661</v>
+        <v>664</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>662</v>
+        <v>665</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="D8" s="3">
         <v>4737353000</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="3">
         <v>3212</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet28.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A19" sqref="A19:G19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="22.280273" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="39.990234" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="36.419678" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="87.121582" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="3" t="s">
-        <v>331</v>
+        <v>668</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>666</v>
+        <v>670</v>
       </c>
       <c r="D6" s="3">
         <v>4737353000</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="F6" s="3"/>
+      <c r="F6" s="3">
+        <v>3201</v>
+      </c>
       <c r="G6" s="3" t="s">
-        <v>667</v>
+        <v>671</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4" t="s">
-        <v>668</v>
+        <v>672</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>669</v>
+        <v>673</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>670</v>
+        <v>674</v>
       </c>
       <c r="D7" s="4">
         <v>4737353000</v>
       </c>
       <c r="E7" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F7" s="4">
-        <v>3201</v>
+        <v>3202</v>
       </c>
       <c r="G7" s="4" t="s">
-        <v>671</v>
+        <v>76</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="3" t="s">
-        <v>672</v>
+        <v>675</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>673</v>
+        <v>676</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="D8" s="3">
         <v>4737353000</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="3">
         <v>3202</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>228</v>
+        <v>76</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="4" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>677</v>
+        <v>680</v>
       </c>
       <c r="D9" s="4">
         <v>4737353000</v>
       </c>
       <c r="E9" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F9" s="4">
         <v>3208</v>
       </c>
       <c r="G9" s="4" t="s">
-        <v>678</v>
+        <v>681</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="3" t="s">
-        <v>679</v>
+        <v>334</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="C10" s="3" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="D10" s="3">
         <v>4737353000</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="3">
-        <v>3205</v>
+        <v>3206</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="4" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="C11" s="4" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="D11" s="4">
         <v>4737353000</v>
       </c>
       <c r="E11" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F11" s="4">
-        <v>3207</v>
+        <v>3205</v>
       </c>
       <c r="G11" s="4" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="3" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="C12" s="3" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="D12" s="3">
         <v>4737353000</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F12" s="3">
-        <v>3221</v>
+        <v>3207</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>477</v>
+        <v>692</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="4" t="s">
-        <v>690</v>
+        <v>693</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>691</v>
+        <v>694</v>
       </c>
       <c r="C13" s="4" t="s">
-        <v>692</v>
+        <v>695</v>
       </c>
       <c r="D13" s="4">
         <v>4737353000</v>
       </c>
       <c r="E13" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F13" s="4">
-        <v>3209</v>
+        <v>3221</v>
       </c>
       <c r="G13" s="4" t="s">
-        <v>693</v>
+        <v>477</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="3" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="C14" s="3" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="D14" s="3">
         <v>4737353000</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F14" s="3">
-        <v>3305</v>
+        <v>3209</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="4" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="C15" s="4" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="D15" s="4">
         <v>4737353000</v>
       </c>
       <c r="E15" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F15" s="4">
-        <v>3204</v>
+        <v>3305</v>
       </c>
       <c r="G15" s="4" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="3" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="D16" s="3">
         <v>4737353000</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F16" s="3">
-        <v>3222</v>
+        <v>3204</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="4" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="C17" s="4" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="D17" s="4">
         <v>4737353000</v>
       </c>
       <c r="E17" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F17" s="4">
         <v>3222</v>
       </c>
       <c r="G17" s="4" t="s">
-        <v>705</v>
+        <v>711</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="3" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>710</v>
+        <v>713</v>
       </c>
       <c r="C18" s="3" t="s">
+        <v>714</v>
+      </c>
+      <c r="D18" s="3">
+        <v>4737353000</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="F18" s="3">
+        <v>3222</v>
+      </c>
+      <c r="G18" s="3" t="s">
         <v>711</v>
-      </c>
-[...10 lines deleted...]
-        <v>712</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="4" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="C19" s="4" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="D19" s="4">
         <v>4737353000</v>
       </c>
       <c r="E19" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F19" s="4">
-        <v>3206</v>
+        <v>3203</v>
       </c>
       <c r="G19" s="4" t="s">
-        <v>667</v>
+        <v>718</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G16"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A16" sqref="A16:G16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="25.85083" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="19.995117" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="34.134521" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="48.273926" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>3</v>
       </c>
@@ -9073,1498 +9080,1521 @@
       </c>
       <c r="F8" s="3">
         <v>3510</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="4" t="s">
         <v>138</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>139</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>140</v>
       </c>
       <c r="D9" s="4">
         <v>4737353000</v>
       </c>
       <c r="E9" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F9" s="4">
-        <v>3512</v>
+        <v>3520</v>
       </c>
       <c r="G9" s="4" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>144</v>
       </c>
       <c r="D10" s="3">
         <v>4737353000</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="3">
-        <v>3504</v>
+        <v>3512</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="B11" s="4" t="s">
+        <v>147</v>
+      </c>
+      <c r="C11" s="4" t="s">
+        <v>148</v>
+      </c>
+      <c r="D11" s="4">
+        <v>4737353000</v>
+      </c>
+      <c r="E11" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="F11" s="4">
+        <v>3504</v>
+      </c>
+      <c r="G11" s="4" t="s">
         <v>145</v>
-      </c>
-[...16 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="3" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C12" s="3" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D12" s="3">
         <v>4737353000</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F12" s="3">
         <v>3516</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="4" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C13" s="4" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D13" s="4">
         <v>4737353000</v>
       </c>
       <c r="E13" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F13" s="4">
         <v>3505</v>
       </c>
       <c r="G13" s="4" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="3" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C14" s="3" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D14" s="3">
         <v>4737353000</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F14" s="3">
         <v>3513</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="4" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C15" s="4" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D15" s="4">
         <v>4737353000</v>
       </c>
       <c r="E15" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F15" s="4">
         <v>3514</v>
       </c>
       <c r="G15" s="4" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="3" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D16" s="3">
         <v>4737353000</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F16" s="3">
         <v>3515</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G11"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A11" sqref="A11:G11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="34.134521" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559082" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="3" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D6" s="3">
         <v>4737353000</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F6" s="3">
         <v>3602</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B7" s="4"/>
       <c r="C7" s="4"/>
       <c r="D7" s="4">
         <v>4737353000</v>
       </c>
       <c r="E7" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F7" s="4">
         <v>3602</v>
       </c>
       <c r="G7" s="4" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="3" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D8" s="3">
         <v>4737353000</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="3">
         <v>3602</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="4" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D9" s="4">
         <v>4737353000</v>
       </c>
       <c r="E9" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F9" s="4">
         <v>3603</v>
       </c>
       <c r="G9" s="4" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="3" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C10" s="3" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D10" s="3">
         <v>4737353000</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="3">
         <v>3604</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="4" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C11" s="4" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D11" s="4">
         <v>4737353000</v>
       </c>
       <c r="E11" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F11" s="4">
         <v>3605</v>
       </c>
       <c r="G11" s="4" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G17"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A17" sqref="A17:G17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="37.705078" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="84.836426" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="3" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D6" s="3">
         <v>4737353000</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F6" s="3">
         <v>3802</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D7" s="4">
         <v>4737353000</v>
       </c>
       <c r="E7" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F7" s="4">
         <v>3802</v>
       </c>
       <c r="G7" s="4" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="3" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D8" s="3">
         <v>4737353000</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="3">
         <v>3803</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="4" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D9" s="4">
         <v>4737353000</v>
       </c>
       <c r="E9" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F9" s="4">
         <v>3804</v>
       </c>
       <c r="G9" s="4" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="3" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C10" s="3" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D10" s="3">
         <v>4737353000</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="3">
         <v>3809</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="4" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C11" s="4" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D11" s="4">
         <v>4737353000</v>
       </c>
       <c r="E11" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F11" s="4">
         <v>3810</v>
       </c>
       <c r="G11" s="4" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="3" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C12" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D12" s="3">
         <v>4737353000</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F12" s="3">
         <v>3808</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="4" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C13" s="4" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D13" s="4">
         <v>4737353000</v>
       </c>
       <c r="E13" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F13" s="4">
         <v>3807</v>
       </c>
       <c r="G13" s="4" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="3" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C14" s="3" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D14" s="3">
         <v>4737353000</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F14" s="3">
         <v>3806</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="4" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C15" s="4" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D15" s="4">
         <v>4737353000</v>
       </c>
       <c r="E15" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F15" s="4">
         <v>3805</v>
       </c>
       <c r="G15" s="4" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="3" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D16" s="3">
         <v>4737353000</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F16" s="3">
         <v>3813</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="4" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C17" s="4" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D17" s="4">
         <v>4737353000</v>
       </c>
       <c r="E17" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F17" s="4">
         <v>3490</v>
       </c>
       <c r="G17" s="4" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G14"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A14" sqref="A14:G14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="37.705078" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="51.844482" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="3" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D6" s="3">
         <v>4737353000</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F6" s="3">
         <v>3702</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D7" s="4">
         <v>4737353000</v>
       </c>
       <c r="E7" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F7" s="4">
         <v>3702</v>
       </c>
       <c r="G7" s="4" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="3" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D8" s="3">
         <v>4737353000</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="3">
         <v>3706</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="4" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D9" s="4">
         <v>4737353000</v>
       </c>
       <c r="E9" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F9" s="4">
         <v>3704</v>
       </c>
       <c r="G9" s="4" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="3" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C10" s="3" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D10" s="3">
         <v>4737353000</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="3">
         <v>3707</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="4" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C11" s="4" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="D11" s="4">
         <v>4737353000</v>
       </c>
       <c r="E11" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F11" s="4">
         <v>3708</v>
       </c>
       <c r="G11" s="4" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="3" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C12" s="3" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D12" s="3">
         <v>4737353000</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F12" s="3">
         <v>3703</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="4" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C13" s="4" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D13" s="4">
         <v>4737353000</v>
       </c>
       <c r="E13" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F13" s="4">
         <v>3709</v>
       </c>
       <c r="G13" s="4" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="3" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C14" s="3" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D14" s="3">
         <v>4737353000</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F14" s="3">
         <v>3710</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G9"/>
+  <dimension ref="A1:G8"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A9" sqref="A9:G9"/>
+      <selection activeCell="A8" sqref="A8:G8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="18.709717" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="25.85083" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="32.991943" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="101.403809" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="3" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="D6" s="3">
         <v>4171724570</v>
       </c>
       <c r="E6" s="3">
         <v>4176883794</v>
       </c>
       <c r="F6" s="3">
         <v>4001</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="D7" s="4">
         <v>4171724570</v>
       </c>
       <c r="E7" s="4">
         <v>4176883794</v>
       </c>
       <c r="F7" s="4">
         <v>4002</v>
       </c>
       <c r="G7" s="4" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="3" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D8" s="3">
         <v>4171724570</v>
       </c>
       <c r="E8" s="3">
         <v>4176883794</v>
       </c>
-      <c r="F8" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="F8" s="3"/>
       <c r="G8" s="3" t="s">
-        <v>277</v>
-[...3 lines deleted...]
-      <c r="A9" s="4" t="s">
         <v>278</v>
-      </c>
-[...14 lines deleted...]
-        <v>281</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G8"/>
+  <dimension ref="A1:G10"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A8" sqref="A8:G8"/>
+      <selection activeCell="A10" sqref="A10:G10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="35.2771" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="101.403809" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="3" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="D6" s="3">
         <v>4131040054</v>
       </c>
       <c r="E6" s="3">
         <v>4131583723</v>
       </c>
       <c r="F6" s="3">
         <v>4901</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="D7" s="4">
         <v>4131040054</v>
       </c>
       <c r="E7" s="4">
         <v>4131583723</v>
       </c>
       <c r="F7" s="4">
         <v>4902</v>
       </c>
       <c r="G7" s="4" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="3" t="s">
-        <v>209</v>
+        <v>285</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>289</v>
+        <v>284</v>
       </c>
       <c r="D8" s="3">
         <v>4131040054</v>
       </c>
       <c r="E8" s="3">
         <v>4131583723</v>
       </c>
       <c r="F8" s="3">
+        <v>4902</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7">
+      <c r="A9" s="4" t="s">
+        <v>210</v>
+      </c>
+      <c r="B9" s="4" t="s">
+        <v>287</v>
+      </c>
+      <c r="C9" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="D9" s="4">
+        <v>4131040054</v>
+      </c>
+      <c r="E9" s="4">
+        <v>4131583723</v>
+      </c>
+      <c r="F9" s="4">
+        <v>4903</v>
+      </c>
+      <c r="G9" s="4" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7">
+      <c r="A10" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="C10" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="D10" s="3">
+        <v>4131040054</v>
+      </c>
+      <c r="E10" s="3">
+        <v>4131583723</v>
+      </c>
+      <c r="F10" s="3">
         <v>4904</v>
       </c>
-      <c r="G8" s="3" t="s">
-        <v>281</v>
+      <c r="G10" s="3" t="s">
+        <v>278</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G8"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A8" sqref="A8:G8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="11.711426" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="31.706543" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="35.2771" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="101.403809" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="44.703369" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="3" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="D6" s="3">
         <v>4616162993</v>
       </c>
       <c r="E6" s="3">
         <v>4616125920</v>
       </c>
       <c r="F6" s="3">
         <v>4051</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="D7" s="4">
         <v>4616162993</v>
       </c>
       <c r="E7" s="4">
         <v>4616125920</v>
       </c>
       <c r="F7" s="4">
         <v>4052</v>
       </c>
       <c r="G7" s="4" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="3" t="s">
-        <v>296</v>
+        <v>246</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="D8" s="3">
         <v>4616162993</v>
       </c>
       <c r="E8" s="3">
         <v>4616125920</v>
       </c>
       <c r="F8" s="3">
-        <v>4054</v>
+        <v>4053</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>281</v>
+        <v>289</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>