--- v1 (2026-01-29)
+++ v2 (2026-03-30)
@@ -95,51 +95,51 @@
     <sheet name="JER DH CIN" sheetId="11" r:id="rId14"/>
     <sheet name="JER GTO" sheetId="12" r:id="rId15"/>
     <sheet name="JER Irapuato" sheetId="13" r:id="rId16"/>
     <sheet name="JER León" sheetId="14" r:id="rId17"/>
     <sheet name="JER Pénjamo" sheetId="15" r:id="rId18"/>
     <sheet name="JER Salamanca" sheetId="16" r:id="rId19"/>
     <sheet name="JER SFR" sheetId="17" r:id="rId20"/>
     <sheet name="JER SLP" sheetId="18" r:id="rId21"/>
     <sheet name="JER SMA" sheetId="19" r:id="rId22"/>
     <sheet name="JER VS" sheetId="20" r:id="rId23"/>
     <sheet name="JER Yuriria" sheetId="21" r:id="rId24"/>
     <sheet name="OIC" sheetId="22" r:id="rId25"/>
     <sheet name="SE" sheetId="23" r:id="rId26"/>
     <sheet name="UT" sheetId="24" r:id="rId27"/>
     <sheet name="UTIGND" sheetId="25" r:id="rId28"/>
     <sheet name="UTSIT" sheetId="26" r:id="rId29"/>
     <sheet name="UTVGRE" sheetId="27" r:id="rId30"/>
     <sheet name="UTJCE" sheetId="28" r:id="rId31"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="719">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="704">
   <si>
     <t>Directorio del Área: Consejo General</t>
   </si>
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Apellido</t>
   </si>
   <si>
     <t>E-mail</t>
   </si>
   <si>
     <t>Teléfono</t>
   </si>
   <si>
     <t>Teléfono Secundario</t>
   </si>
   <si>
     <t>Extensión</t>
   </si>
   <si>
     <t>Cargo</t>
   </si>
   <si>
@@ -292,230 +292,230 @@
   <si>
     <t xml:space="preserve">Aviña Ramírez </t>
   </si>
   <si>
     <t>valeria.avina@ieeg.org.mx</t>
   </si>
   <si>
     <t>Asistente de María Concepción Esther Aboites Sámano</t>
   </si>
   <si>
     <t>Felipe de Jesús</t>
   </si>
   <si>
     <t xml:space="preserve">López Jasso </t>
   </si>
   <si>
     <t>felipe.lopez@ieeg.org.mx</t>
   </si>
   <si>
     <t>Asistente de Luis Gabriel Mota</t>
   </si>
   <si>
     <t>Directorio del Área: Coordinación Administrativa</t>
   </si>
   <si>
+    <t>Ozcar Pedro</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Narváez Juáres </t>
+  </si>
+  <si>
+    <t>ozcar.narvaez@ieeg.org.mx</t>
+  </si>
+  <si>
+    <t>Coordinador/a Administrativo</t>
+  </si>
+  <si>
+    <t>María de Jesús</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alba Vázquez </t>
+  </si>
+  <si>
+    <t>maria.alba@ieeg.org.mx</t>
+  </si>
+  <si>
+    <t>Secretaria/o de Oficina</t>
+  </si>
+  <si>
+    <t>Julio Óscar</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hernández Ramírez </t>
+  </si>
+  <si>
+    <t>juliohernandez@ieeg.org.mx</t>
+  </si>
+  <si>
+    <t>Jefa/e de Administración Presupuestal y Control Patrimonial</t>
+  </si>
+  <si>
+    <t>Sandra Edith</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Caudillo Corona </t>
+  </si>
+  <si>
+    <t>sandra.caudillo@ieeg.org.mx</t>
+  </si>
+  <si>
+    <t>Auxiliar de Pagos</t>
+  </si>
+  <si>
+    <t>Dulce Angélica</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yebra López </t>
+  </si>
+  <si>
+    <t>dulce.yebra@ieeg.org.mx</t>
+  </si>
+  <si>
+    <t>Auxiliar de Contabilidad</t>
+  </si>
+  <si>
+    <t>José Guadalupe</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ortiz Ramirez </t>
+  </si>
+  <si>
+    <t>joseguadalupe.ortiz@ieeg.org.mx</t>
+  </si>
+  <si>
+    <t>Jefa/e de Adquisiciones y Servicios Generales</t>
+  </si>
+  <si>
+    <t>Héctor Valentín</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Márquez Ramón </t>
+  </si>
+  <si>
+    <t>hector.marquez@ieeg.org.mx</t>
+  </si>
+  <si>
+    <t>Auxiliar de Adquisiciones y Servicios</t>
+  </si>
+  <si>
+    <t>María Fernanda</t>
+  </si>
+  <si>
+    <t xml:space="preserve">León Morón </t>
+  </si>
+  <si>
+    <t>fernanda.leon@ieeg.org.mx</t>
+  </si>
+  <si>
+    <t>Analista Profesional</t>
+  </si>
+  <si>
     <t>Rodrigo</t>
   </si>
   <si>
     <t xml:space="preserve"> García Salmones</t>
   </si>
   <si>
     <t>rodrigo.salmones@ieeg.org.mx</t>
   </si>
   <si>
     <t>Auxiliar Administrativo</t>
   </si>
   <si>
-    <t>Ozcar Pedro</t>
-[...94 lines deleted...]
-  <si>
     <t>Nicolasa</t>
   </si>
   <si>
     <t xml:space="preserve">Campos López </t>
   </si>
   <si>
     <t>nicolasa.campos@ieeg.org.mx</t>
   </si>
   <si>
     <t>José Roberto</t>
   </si>
   <si>
     <t xml:space="preserve">Serrano Guerra </t>
   </si>
   <si>
     <t>roberto.serrano@ieeg.org.mx</t>
   </si>
   <si>
+    <t>Evelyn Lizbeth</t>
+  </si>
+  <si>
+    <t>Rocha Rodríguez</t>
+  </si>
+  <si>
+    <t>evelyn.rocha@ieeg.org.mx</t>
+  </si>
+  <si>
     <t>Gonzalo Eduardo</t>
   </si>
   <si>
     <t xml:space="preserve">Abogado Amezcua </t>
   </si>
   <si>
     <t>gonzalo.abogado@ieeg.org.mx</t>
   </si>
   <si>
     <t>Auxiliar de Control Patrimonial</t>
   </si>
   <si>
     <t>Sergio Cipriano</t>
   </si>
   <si>
     <t xml:space="preserve">Montes </t>
   </si>
   <si>
     <t>sergio.montes@ieeg.org.mx</t>
   </si>
   <si>
     <t>Auxiliar de Almacén</t>
   </si>
   <si>
     <t>Eleazar</t>
   </si>
   <si>
     <t xml:space="preserve">Villafaña Ramírez </t>
   </si>
   <si>
     <t>eleazar.villafana@ieeg.org.mx</t>
   </si>
   <si>
     <t>Entrada</t>
   </si>
   <si>
     <t>Principal</t>
   </si>
   <si>
     <t>seguridad.ieeg@ieeg.org.mx</t>
   </si>
   <si>
     <t>Guardia de Seguridad</t>
   </si>
   <si>
-    <t>Evelyn Lizbeth</t>
-[...7 lines deleted...]
-  <si>
     <t>Secundaria</t>
   </si>
   <si>
     <t>Directorio del Área: Coordinación de Comunicación y Difusión</t>
   </si>
   <si>
     <t>Yessica Janet</t>
   </si>
   <si>
     <t xml:space="preserve">Gómez Acosta </t>
   </si>
   <si>
     <t>yessica.gomez@ieeg.org.mx</t>
   </si>
   <si>
     <t>Coordinador/a de Comunicación y Difusión</t>
   </si>
   <si>
     <t>Ana María</t>
   </si>
   <si>
     <t xml:space="preserve">Sánchez Ortega </t>
   </si>
   <si>
     <t>ana.sanchez@ieeg.org.mx</t>
@@ -544,101 +544,110 @@
   <si>
     <t>Gestor/a de Proyectos</t>
   </si>
   <si>
     <t>José Héctor</t>
   </si>
   <si>
     <t xml:space="preserve">Ortiz Uribe </t>
   </si>
   <si>
     <t>jose.ortiz@ieeg.org.mx</t>
   </si>
   <si>
     <t>Diseñador Grafico</t>
   </si>
   <si>
     <t>Roberto Galileo Othón</t>
   </si>
   <si>
     <t xml:space="preserve">Martínez Rosas </t>
   </si>
   <si>
     <t>galileo.martinez@ieeg.org.mx</t>
   </si>
   <si>
-    <t>Frida Marielos</t>
-[...7 lines deleted...]
-  <si>
     <t>MarÍa Fernanda</t>
   </si>
   <si>
     <t xml:space="preserve">Juárez Fonseca </t>
   </si>
   <si>
     <t>fernanda.juarez@ieeg.org.mx</t>
   </si>
   <si>
     <t>Guillermo David</t>
   </si>
   <si>
     <t xml:space="preserve">Luna Martínez </t>
   </si>
   <si>
     <t>guillermo.luna@ieeg.org.mx</t>
   </si>
   <si>
     <t>Especialista de Audio y Video</t>
   </si>
   <si>
     <t>Juan</t>
   </si>
   <si>
     <t xml:space="preserve">Gamiño Zavala </t>
   </si>
   <si>
     <t>juan.gamino@ieeg.org.mx</t>
   </si>
   <si>
     <t xml:space="preserve">Ana Lourdes </t>
   </si>
   <si>
     <t>Vázquez Martínez</t>
   </si>
   <si>
     <t>ana.vazquez@ieeg.org.mx</t>
   </si>
   <si>
     <t>Especialista en Gestión de Contenidos</t>
   </si>
   <si>
+    <t>José Luis</t>
+  </si>
+  <si>
+    <t>Déciga Arreguín</t>
+  </si>
+  <si>
+    <t>jose.deciga@ieeg.org.mx</t>
+  </si>
+  <si>
+    <t>Edgar Manuel</t>
+  </si>
+  <si>
+    <t>Zavala Rodríguez</t>
+  </si>
+  <si>
+    <t>edgar.zavala@ieeg.org.mx</t>
+  </si>
+  <si>
     <t>Directorio del Área: Dirección de Cultura Política y Electoral</t>
   </si>
   <si>
     <t>Nora Ruth</t>
   </si>
   <si>
     <t xml:space="preserve">Chávez González </t>
   </si>
   <si>
     <t>nora.chavez@ieeg.org.mx</t>
   </si>
   <si>
     <t>Director/a de Cultura Política y Electoral</t>
   </si>
   <si>
     <t>Secretaria DCPE</t>
   </si>
   <si>
     <t xml:space="preserve">María del Consuelo </t>
   </si>
   <si>
     <t>Montecillo Marín</t>
   </si>
   <si>
     <t>maria.montecillo@ieeg.org.mx</t>
@@ -889,50 +898,59 @@
   <si>
     <t>christian.gutierrez@ieeg.org.mx</t>
   </si>
   <si>
     <t>Julián</t>
   </si>
   <si>
     <t xml:space="preserve">Guerrero Juárez </t>
   </si>
   <si>
     <t>julian.guerrero@ieeg.org.mx</t>
   </si>
   <si>
     <t>Felipe</t>
   </si>
   <si>
     <t xml:space="preserve">González Franco </t>
   </si>
   <si>
     <t>felipe.gonzalez@ieeg.org.mx</t>
   </si>
   <si>
     <t>Coordinadora/or</t>
   </si>
   <si>
+    <t>Mónica Fernanda</t>
+  </si>
+  <si>
+    <t>Juárez Arzola</t>
+  </si>
+  <si>
+    <t>monica.juarez@ieeg.org.mx</t>
+  </si>
+  <si>
     <t>Patricia</t>
   </si>
   <si>
     <t xml:space="preserve">Domínguez Acosta </t>
   </si>
   <si>
     <t>patricia.dominguez@ieeg.org.mx</t>
   </si>
   <si>
     <t>Directorio del Área: Junta Ejecutiva Regional Acámbaro</t>
   </si>
   <si>
     <t>Adriana</t>
   </si>
   <si>
     <t xml:space="preserve">Sánchez Espinoza </t>
   </si>
   <si>
     <t>adriana.sanchez@ieeg.org.mx</t>
   </si>
   <si>
     <t>Titular de Órgano Desconcentrado</t>
   </si>
   <si>
     <t>María Marlene</t>
@@ -943,65 +961,59 @@
   <si>
     <t>acambaro@ieeg.org.mx</t>
   </si>
   <si>
     <t>Mayte Biridiana</t>
   </si>
   <si>
     <t xml:space="preserve"> Guerra García</t>
   </si>
   <si>
     <t>mayte.guerra@ieeg.org.mx</t>
   </si>
   <si>
     <t>Subcoordinador/a de Educación Cívica Organización Electoral y Participación Ciudadana</t>
   </si>
   <si>
     <t>Directorio del Área: Junta Ejecutiva Regional Apaseo el Grande</t>
   </si>
   <si>
     <t xml:space="preserve">Ayala Olvera </t>
   </si>
   <si>
     <t>felipe.ayala@ieeg.org.mx</t>
   </si>
   <si>
-    <t>Martha Alejandra</t>
-[...2 lines deleted...]
-    <t>Paloalto Ruiz</t>
+    <t>Claudia Ivonne</t>
+  </si>
+  <si>
+    <t>Mata Tovar</t>
   </si>
   <si>
     <t>apaseogrande@ieeg.org.mx</t>
   </si>
   <si>
-    <t>Claudia Ivonne</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Centeno Gamucero </t>
   </si>
   <si>
     <t>guadalupe.centeno@ieeg.org.mx</t>
   </si>
   <si>
     <t>Secretaria/o de Órgano Desconcentrado</t>
   </si>
   <si>
     <t>Lidia Ery</t>
   </si>
   <si>
     <t xml:space="preserve">Toledo Rodríguez </t>
   </si>
   <si>
     <t>lidia.toledo@ieeg.org.mx</t>
   </si>
   <si>
     <t>Directorio del Área: Junta Ejecutiva Regional Celaya</t>
   </si>
   <si>
     <t>Octavio</t>
   </si>
   <si>
     <t xml:space="preserve">Olvera Mancera </t>
@@ -1012,86 +1024,77 @@
   <si>
     <t xml:space="preserve">Vega Razo </t>
   </si>
   <si>
     <t>celaya@ieeg.org.mx</t>
   </si>
   <si>
     <t xml:space="preserve">Rosales Martínez </t>
   </si>
   <si>
     <t>juanpablo.rosales@ieeg.org.mx</t>
   </si>
   <si>
     <t>Directorio del Área: Junta Ejecutiva Regional Cortazar</t>
   </si>
   <si>
     <t>Jorge Luis</t>
   </si>
   <si>
     <t xml:space="preserve">Hernández Altamirano </t>
   </si>
   <si>
     <t>jorge.hernandez@ieeg.org.mx</t>
   </si>
   <si>
-    <t>Cinthia Elena</t>
-[...7 lines deleted...]
-  <si>
     <t>María Gabriela</t>
   </si>
   <si>
     <t xml:space="preserve">Hernández Juárez </t>
   </si>
   <si>
     <t>gabriela.hernandez@ieeg.org.mx</t>
   </si>
   <si>
+    <t>Luis Esteban</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pérez Meza </t>
+  </si>
+  <si>
+    <t>luis.perez@ieeg.org.mx</t>
+  </si>
+  <si>
     <t>Angélica María</t>
   </si>
   <si>
     <t xml:space="preserve">Salinas Suárez </t>
   </si>
   <si>
     <t>angelica.salinas@ieeg.org.mx</t>
   </si>
   <si>
-    <t>Luis Esteban</t>
-[...7 lines deleted...]
-  <si>
     <t>Directorio del Área: Junta Ejecutiva Regional Dolores Hidalgo CIN</t>
   </si>
   <si>
     <t>Tannia</t>
   </si>
   <si>
     <t xml:space="preserve">Reyes Obezo </t>
   </si>
   <si>
     <t>tannia.reyes@ieeg.org.mx</t>
   </si>
   <si>
     <t>Elizabeth Ivone</t>
   </si>
   <si>
     <t xml:space="preserve">Francisco Mejía </t>
   </si>
   <si>
     <t>dhidalgo@ieeg.org.mx</t>
   </si>
   <si>
     <t>Víctor Hugo</t>
   </si>
   <si>
     <t xml:space="preserve">Guerrero López </t>
@@ -1309,200 +1312,182 @@
   <si>
     <t xml:space="preserve">Acosta Fajardo </t>
   </si>
   <si>
     <t>lucia.acosta@ieeg.org.mx</t>
   </si>
   <si>
     <t>Noemí</t>
   </si>
   <si>
     <t>de Luna Manríquez</t>
   </si>
   <si>
     <t>sfrincon@ieeg.org.mx</t>
   </si>
   <si>
     <t>María Teresa</t>
   </si>
   <si>
     <t xml:space="preserve">Ramírez García </t>
   </si>
   <si>
     <t>teresa.ramirez@ieeg.org.mx</t>
   </si>
   <si>
-    <t>Juan Francisco</t>
-[...5 lines deleted...]
-    <t>francisco.villalpando@ieeg.org.mx</t>
+    <t xml:space="preserve">Ana Lidia </t>
+  </si>
+  <si>
+    <t>Monreal Méndez</t>
+  </si>
+  <si>
+    <t>ana.monreal@ieeg.org.mx</t>
   </si>
   <si>
     <t>Directorio del Área: Junta Ejecutiva Regional San Luis de la Paz</t>
   </si>
   <si>
     <t>Alfonso</t>
   </si>
   <si>
     <t xml:space="preserve">Villanueva García </t>
   </si>
   <si>
     <t>alfonso.villanueva@ieeg.org.mx</t>
   </si>
   <si>
     <t>Verónica</t>
   </si>
   <si>
     <t xml:space="preserve">Hernández Loyola </t>
   </si>
   <si>
     <t>slpaz@ieeg.org.mx</t>
   </si>
   <si>
     <t>Isaac Leonardo</t>
   </si>
   <si>
     <t xml:space="preserve">Aguirre Estrada </t>
   </si>
   <si>
     <t>issac.aguirre@ieeg.org.mx</t>
   </si>
   <si>
     <t xml:space="preserve">Gisela </t>
   </si>
   <si>
     <t>Franco Morales</t>
   </si>
   <si>
     <t>gisela.franco@ieeg.org.mx</t>
   </si>
   <si>
     <t>Directorio del Área: Junta Ejecutiva Regional San Miguel Allende</t>
   </si>
   <si>
+    <t>Juana</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Arellano Rosas </t>
+  </si>
+  <si>
+    <t>juana.arellano@ieeg.org.mx</t>
+  </si>
+  <si>
+    <t>Sandra Jessica</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Baeza Chávez </t>
+  </si>
+  <si>
+    <t>smallende.gto@ieeg.org.mx</t>
+  </si>
+  <si>
+    <t>Ismael</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tadeo González </t>
+  </si>
+  <si>
     <t>Viviana Cristel</t>
   </si>
   <si>
     <t xml:space="preserve">Navarro Meza </t>
   </si>
   <si>
     <t>cristel.navarro@ieeg.org.mx</t>
   </si>
   <si>
-    <t>Juana</t>
-[...31 lines deleted...]
-  <si>
     <t>Directorio del Área: Junta Ejecutiva Regional Valle de Santiago</t>
   </si>
   <si>
     <t>Mirta</t>
   </si>
   <si>
     <t xml:space="preserve">López Zárate </t>
   </si>
   <si>
     <t>mirta.lopez@ieeg.org.mx</t>
   </si>
   <si>
     <t xml:space="preserve">Luna Villegas </t>
   </si>
   <si>
     <t>juana.luna@ieeg.org.mx</t>
   </si>
   <si>
     <t>Remmy</t>
   </si>
   <si>
     <t xml:space="preserve">Renovato Rivera </t>
   </si>
   <si>
     <t>remmy.renovato@ieeg.org.mx</t>
   </si>
   <si>
     <t>Miriam</t>
   </si>
   <si>
     <t xml:space="preserve">Alanis Barrios </t>
   </si>
   <si>
     <t>miriam.alanis@ieeg.org.mx</t>
   </si>
   <si>
     <t>Directorio del Área: Junta Ejecutiva Regional Yuriria</t>
   </si>
   <si>
     <t>Anita</t>
   </si>
   <si>
     <t xml:space="preserve">García Ruíz </t>
   </si>
   <si>
     <t>anita.garcia@ieeg.org.mx</t>
   </si>
   <si>
-    <t xml:space="preserve"> Sandra Jacqueline</t>
-[...7 lines deleted...]
-  <si>
     <t>Arturo</t>
   </si>
   <si>
     <t xml:space="preserve">Aboytes Guerrero </t>
   </si>
   <si>
     <t>arturo.aboites@ieeg.org.mx</t>
   </si>
   <si>
     <t>Directorio del Área: Órgano Interno de Control</t>
   </si>
   <si>
     <t>Brenda Paulina</t>
   </si>
   <si>
     <t xml:space="preserve">Hernández González </t>
   </si>
   <si>
     <t>brenda.hernandez@ieeg.org.mx</t>
   </si>
   <si>
     <t>Titular del Órgano Interno de Control</t>
   </si>
   <si>
     <t>Carlos Eduardo</t>
@@ -1669,92 +1654,89 @@
   <si>
     <t>Titular de la Unidad Técnica de Vinculación</t>
   </si>
   <si>
     <t>Edgar Harame</t>
   </si>
   <si>
     <t xml:space="preserve">Arias Quintana </t>
   </si>
   <si>
     <t>edgar.arias@ieeg.org.mx</t>
   </si>
   <si>
     <t>Coordinador/a de Comisiones</t>
   </si>
   <si>
     <t>Idania Rashell</t>
   </si>
   <si>
     <t>Morales Rodríguez</t>
   </si>
   <si>
     <t>idania.morales@ieeg.org.mx</t>
   </si>
   <si>
-    <t>Valentina</t>
-[...10 lines deleted...]
-  <si>
     <t>Evelyn Ashanti</t>
   </si>
   <si>
     <t>Bucheli Cervantes</t>
   </si>
   <si>
     <t>ashanti.bucheli@ieeg.org.mx</t>
   </si>
   <si>
     <t>Antonio</t>
   </si>
   <si>
     <t>Pérez Cardoso</t>
   </si>
   <si>
     <t>antonio.perez@ieeg.org.mx</t>
   </si>
   <si>
     <t>Coordinador/a de Planeación Institucional</t>
   </si>
   <si>
     <t>Coordinación</t>
   </si>
   <si>
     <t>de Planeación</t>
   </si>
   <si>
     <t>Sin cargo</t>
   </si>
   <si>
+    <t>Andrea</t>
+  </si>
+  <si>
+    <t>Saucedo Ulloa</t>
+  </si>
+  <si>
+    <t>andrea.saucedo@ieeg.org.mx</t>
+  </si>
+  <si>
     <t>Martín Fabricio</t>
   </si>
   <si>
     <t xml:space="preserve">Sánchez Maldonado </t>
   </si>
   <si>
     <t>martin.sanchez@ieeg.org.mx</t>
   </si>
   <si>
     <t>Coordinador/a de Prerrogativas y Partidos Políticos</t>
   </si>
   <si>
     <t>Kenia Melissa</t>
   </si>
   <si>
     <t xml:space="preserve">García Sosa </t>
   </si>
   <si>
     <t>kenia.garcia@ieeg.org.mx</t>
   </si>
   <si>
     <t>Técnico/a de Prerrogativas</t>
   </si>
   <si>
     <t>Héctor Alejandro</t>
@@ -1780,65 +1762,65 @@
   <si>
     <t>María Maribel</t>
   </si>
   <si>
     <t xml:space="preserve">Aguilar González </t>
   </si>
   <si>
     <t>maribel.aguilar@ieeg.org.mx</t>
   </si>
   <si>
     <t>Oficialía de Partes</t>
   </si>
   <si>
     <t>Monserrat</t>
   </si>
   <si>
     <t xml:space="preserve">García Rendón </t>
   </si>
   <si>
     <t>monserrat.garcia@ieeg.org.mx</t>
   </si>
   <si>
     <t>Jefa/e de Archivo y Biblioteca</t>
   </si>
   <si>
-    <t>María Leticia</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Novelo Esquivel </t>
   </si>
   <si>
     <t>veronica.novelo@ieeg.org.mx</t>
   </si>
   <si>
+    <t>Manuela</t>
+  </si>
+  <si>
+    <t>Cano González</t>
+  </si>
+  <si>
+    <t>manuela.cano@ieeg.org.mx</t>
+  </si>
+  <si>
     <t>Directorio del Área: Unidad de Transparencia</t>
   </si>
   <si>
     <t>Noelia Eugenia</t>
   </si>
   <si>
     <t>García Valencia</t>
   </si>
   <si>
     <t>noelia.garcia@ieeg.org.mx</t>
   </si>
   <si>
     <t>Titular de la Unidad de Transparencia</t>
   </si>
   <si>
     <t>María Laura Cristina</t>
   </si>
   <si>
     <t>Vega Cabrera</t>
   </si>
   <si>
     <t>cristina.vega@ieeg.org.mx</t>
   </si>
   <si>
     <t>Especialista en Sistemas de Información</t>
@@ -1867,62 +1849,50 @@
   <si>
     <t>Titular de la Unidad Técnica de Igualdad de Género y No Discriminación</t>
   </si>
   <si>
     <t>Mariela Isamar</t>
   </si>
   <si>
     <t xml:space="preserve">Flores Labrada </t>
   </si>
   <si>
     <t>mariela.flores@ieeg.org.mx</t>
   </si>
   <si>
     <t>Reyna Cecilia</t>
   </si>
   <si>
     <t xml:space="preserve"> Castillo Herrera</t>
   </si>
   <si>
     <t>reyna.castillo@ieeg.org.mx</t>
   </si>
   <si>
     <t>Directorio del Área: Unidad Técnica de Sistemas de Información y Telecomunicaciones</t>
   </si>
   <si>
-    <t>Luis Armando</t>
-[...10 lines deleted...]
-  <si>
     <t>Myriam</t>
   </si>
   <si>
     <t xml:space="preserve">Zamarripa Sandoval </t>
   </si>
   <si>
     <t>myriamzamarripa@ieeg.org.mx</t>
   </si>
   <si>
     <t>María Monserrat</t>
   </si>
   <si>
     <t xml:space="preserve">Mares Pérez </t>
   </si>
   <si>
     <t>monserrat.mares@ieeg.org.mx</t>
   </si>
   <si>
     <t>Javier Aniel</t>
   </si>
   <si>
     <t xml:space="preserve">Cuevas Mendoza </t>
   </si>
   <si>
     <t>aniel.cuevas@ieeg.org.mx</t>
@@ -2080,222 +2050,207 @@
   <si>
     <t>aldair.lopez@ieeg.org.mx</t>
   </si>
   <si>
     <t>Mesa</t>
   </si>
   <si>
     <t>de Ayuda</t>
   </si>
   <si>
     <t>Directorio del Área: Unidad Técnica del Voto de Guanajuatenses Residentes en el Extranjero</t>
   </si>
   <si>
     <t>Guadalupe</t>
   </si>
   <si>
     <t xml:space="preserve">Mendiola González </t>
   </si>
   <si>
     <t>guadalupe.mendiola@ieeg.org.mx</t>
   </si>
   <si>
     <t>Titular Unidad Técnica del Voto de Guanajuatenses Residentes en el Extranjero</t>
   </si>
   <si>
-    <t>Romyna</t>
-[...5 lines deleted...]
-    <t>romina.guerra@ieeg.org.mx</t>
+    <t>Olmos Gutiérrez</t>
+  </si>
+  <si>
+    <t>patricia.olmos@ieeg.org.mx</t>
   </si>
   <si>
     <t>Fabiola Paulina</t>
   </si>
   <si>
     <t xml:space="preserve">Valencia Velázquez </t>
   </si>
   <si>
     <t>fabiola.valencia@ieeg.org.mx</t>
   </si>
   <si>
     <t>Directorio del Área: Unidad Técnica Jurídica y de lo Contencioso Electoral</t>
   </si>
   <si>
     <t xml:space="preserve">Ma. Goreti </t>
   </si>
   <si>
     <t>Rocha Aguilar</t>
   </si>
   <si>
     <t>goreti.rocha@ieeg.org.mx</t>
   </si>
   <si>
     <t>Titular de la Unidad Técnica Jurídica y de lo Contencioso Electoral</t>
   </si>
   <si>
-    <t xml:space="preserve">Elda Elizabeth </t>
-[...14 lines deleted...]
-    <t>rigoberto.zavala@ieeg.org.mx</t>
+    <t>Elsa Ruth</t>
+  </si>
+  <si>
+    <t>Barrón Márquez</t>
+  </si>
+  <si>
+    <t>elsa.barron@ieeg.org.mx</t>
   </si>
   <si>
     <t>Brenda Itzel</t>
   </si>
   <si>
     <t xml:space="preserve">Villafuerte Gasca </t>
   </si>
   <si>
     <t>brenda.villafuerte@ieeg.org.mx</t>
   </si>
   <si>
     <t>Coordinadora/or de Gestión</t>
   </si>
   <si>
     <t xml:space="preserve">Gasca Arriaga </t>
   </si>
   <si>
     <t>carolina.gasca@ieeg.org.mx</t>
   </si>
   <si>
     <t>Jefa/e de Normatividad</t>
   </si>
   <si>
     <t>Leopoldo Roberto</t>
   </si>
   <si>
     <t>González Morales</t>
   </si>
   <si>
     <t>leopoldo.gonzalez@ieeg.org.mx</t>
   </si>
   <si>
     <t>Subdirectora/or Juridica/o</t>
   </si>
   <si>
     <t>Rebeca</t>
   </si>
   <si>
     <t>Hernández Millán</t>
   </si>
   <si>
     <t>rebeca.hernandezm@ieeg.org.mx</t>
   </si>
   <si>
     <t>Subdirectora/or Contenciosa/o</t>
   </si>
   <si>
-    <t>Maricela</t>
-[...14 lines deleted...]
-    <t>ana.monreal@ieeg.org.mx</t>
+    <t>María Cristina</t>
+  </si>
+  <si>
+    <t>Silva Fuentes</t>
+  </si>
+  <si>
+    <t>cristina.silva@ieeg.org.mx</t>
+  </si>
+  <si>
+    <t>Jefa/e Procedimientos en Materia de Violencia Política en Razón de Género</t>
+  </si>
+  <si>
+    <t>Juan René</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Romero Jiménez </t>
+  </si>
+  <si>
+    <t>juan.romero@ieeg.org.mx</t>
+  </si>
+  <si>
+    <t>Jefa/e de Asuntos Relacionados con el Consejo General</t>
+  </si>
+  <si>
+    <t>Rodríguez Mares</t>
+  </si>
+  <si>
+    <t>alfonso.rodriguez@ieeg.org.mx</t>
   </si>
   <si>
     <t>Actuaria/o</t>
   </si>
   <si>
-    <t>María Cristina</t>
-[...29 lines deleted...]
-    <t>milton.hernandez@ieeg.org.mx</t>
+    <t>María Alejandra</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aguilar Durán </t>
+  </si>
+  <si>
+    <t>alejandra.aguilar@ieeg.org.mx</t>
+  </si>
+  <si>
+    <t>Especialista en Procedimientos Ordinarios y Especiales Sancionadores</t>
+  </si>
+  <si>
+    <t xml:space="preserve">José Roberto </t>
+  </si>
+  <si>
+    <t>Fuentes Villegas</t>
+  </si>
+  <si>
+    <t>jose.fuentes@ieeg.org.mx</t>
   </si>
   <si>
     <t>Jefa/e de Procedimientos Ordinarios y Especiales Sancionadores</t>
   </si>
   <si>
-    <t>Christian Adrián</t>
-[...17 lines deleted...]
-    <t>Especialista en Procedimientos Ordinarios y Especiales Sancionadores</t>
+    <t>Laura Karina</t>
+  </si>
+  <si>
+    <t>Carrillo Rodríguez</t>
+  </si>
+  <si>
+    <t>laura.carrillo@ieeg.org.mx</t>
+  </si>
+  <si>
+    <t>María Nandeyet</t>
+  </si>
+  <si>
+    <t>Álvarez Mendoza</t>
+  </si>
+  <si>
+    <t>maria.alvarez@ieeg.org.mx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -4278,1711 +4233,1673 @@
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G10"/>
+  <dimension ref="A1:G9"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A10" sqref="A10:G10"/>
+      <selection activeCell="A9" sqref="A9:G9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="36.419678" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="101.403809" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="3" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>304</v>
-[...5 lines deleted...]
-      <c r="F6" s="3"/>
+        <v>308</v>
+      </c>
+      <c r="D6" s="3">
+        <v>4111191720</v>
+      </c>
+      <c r="E6" s="3">
+        <v>4111554569</v>
+      </c>
+      <c r="F6" s="3">
+        <v>4401</v>
+      </c>
       <c r="G6" s="3" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="D7" s="4">
         <v>4111191720</v>
       </c>
       <c r="E7" s="4">
         <v>4111554569</v>
       </c>
       <c r="F7" s="4">
         <v>4402</v>
       </c>
       <c r="G7" s="4" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="3" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="D8" s="3">
         <v>4111191720</v>
       </c>
       <c r="E8" s="3">
         <v>4111554569</v>
       </c>
       <c r="F8" s="3">
-        <v>4402</v>
+        <v>4403</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>76</v>
+        <v>293</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="4" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="D9" s="4">
         <v>4111191720</v>
       </c>
       <c r="E9" s="4">
         <v>4111554569</v>
       </c>
       <c r="F9" s="4">
         <v>4404</v>
       </c>
       <c r="G9" s="4" t="s">
-        <v>278</v>
-[...22 lines deleted...]
-        <v>289</v>
+        <v>284</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G9"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A9" sqref="A9:G9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="32.991943" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="101.403809" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="3" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="D6" s="3">
         <v>4181822690</v>
       </c>
       <c r="E6" s="3">
         <v>4181824970</v>
       </c>
       <c r="F6" s="3">
         <v>4101</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="D7" s="4">
         <v>4181822690</v>
       </c>
       <c r="E7" s="4">
         <v>4181824970</v>
       </c>
       <c r="F7" s="4">
         <v>4102</v>
       </c>
       <c r="G7" s="4" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="3" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D8" s="3">
         <v>4181822690</v>
       </c>
       <c r="E8" s="3">
         <v>4181824970</v>
       </c>
       <c r="F8" s="3">
         <v>4103</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="4" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="D9" s="4">
         <v>4181822690</v>
       </c>
       <c r="E9" s="4">
         <v>4181824970</v>
       </c>
       <c r="F9" s="4">
         <v>4104</v>
       </c>
       <c r="G9" s="4" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G9"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A9" sqref="A9:G9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="34.134521" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="101.403809" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="3" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D6" s="3">
         <v>4731027505</v>
       </c>
       <c r="E6" s="3">
         <v>4731027327</v>
       </c>
       <c r="F6" s="3">
         <v>4151</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="D7" s="4">
         <v>4731027505</v>
       </c>
       <c r="E7" s="4">
         <v>4731027327</v>
       </c>
       <c r="F7" s="4">
         <v>4152</v>
       </c>
       <c r="G7" s="4" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="3" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D8" s="3">
         <v>4731027505</v>
       </c>
       <c r="E8" s="3">
         <v>4731027327</v>
       </c>
       <c r="F8" s="3">
         <v>4153</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="4" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="D9" s="4">
         <v>4731027505</v>
       </c>
       <c r="E9" s="4">
         <v>4731027327</v>
       </c>
       <c r="F9" s="4">
         <v>4154</v>
       </c>
       <c r="G9" s="4" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G9"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A9" sqref="A9:G9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="34.134521" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="101.403809" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D6" s="3">
         <v>4626245989</v>
       </c>
       <c r="E6" s="3">
         <v>4626249767</v>
       </c>
       <c r="F6" s="3">
         <v>4201</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D7" s="4">
         <v>4626245989</v>
       </c>
       <c r="E7" s="4">
         <v>4626249767</v>
       </c>
       <c r="F7" s="4">
         <v>4202</v>
       </c>
       <c r="G7" s="4" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="3" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="D8" s="3">
         <v>4626245989</v>
       </c>
       <c r="E8" s="3">
         <v>4626249767</v>
       </c>
       <c r="F8" s="3">
         <v>4203</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="4" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="D9" s="4">
         <v>4626245989</v>
       </c>
       <c r="E9" s="4">
         <v>4626249767</v>
       </c>
       <c r="F9" s="4">
         <v>4204</v>
       </c>
       <c r="G9" s="4" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G9"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A9" sqref="A9:G9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="34.134521" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="101.403809" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="3" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="D6" s="3">
         <v>4777188389</v>
       </c>
       <c r="E6" s="3">
         <v>4777166722</v>
       </c>
       <c r="F6" s="3">
         <v>4651</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D7" s="4">
         <v>4777188389</v>
       </c>
       <c r="E7" s="4">
         <v>4777166722</v>
       </c>
       <c r="F7" s="4">
         <v>4652</v>
       </c>
       <c r="G7" s="4" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="3" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="D8" s="3">
         <v>4777188389</v>
       </c>
       <c r="E8" s="3">
         <v>4777166722</v>
       </c>
       <c r="F8" s="3">
         <v>4653</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="4" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="D9" s="4">
         <v>4777188389</v>
       </c>
       <c r="E9" s="4">
         <v>4777166722</v>
       </c>
       <c r="F9" s="4">
         <v>4654</v>
       </c>
       <c r="G9" s="4" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G9"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A9" sqref="A9:G9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.706543" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="101.403809" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="3" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="D6" s="3">
         <v>4696921887</v>
       </c>
       <c r="E6" s="3">
         <v>4696880052</v>
       </c>
       <c r="F6" s="3">
         <v>4301</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="D7" s="4">
         <v>4696921887</v>
       </c>
       <c r="E7" s="4">
         <v>4696880052</v>
       </c>
       <c r="F7" s="4">
         <v>4302</v>
       </c>
       <c r="G7" s="4" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="3" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="D8" s="3">
         <v>4696921887</v>
       </c>
       <c r="E8" s="3">
         <v>4696880052</v>
       </c>
       <c r="F8" s="3">
         <v>4303</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="4" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="D9" s="4">
         <v>4696921887</v>
       </c>
       <c r="E9" s="4">
         <v>4696880052</v>
       </c>
       <c r="F9" s="4">
         <v>4304</v>
       </c>
       <c r="G9" s="4" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G9"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A9" sqref="A9:G9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="30.563965" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="101.403809" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="3" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="D6" s="3">
         <v>4646484688</v>
       </c>
       <c r="E6" s="3">
         <v>4646475636</v>
       </c>
       <c r="F6" s="3">
         <v>4351</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="D7" s="4">
         <v>4646484688</v>
       </c>
       <c r="E7" s="4">
         <v>4646475636</v>
       </c>
       <c r="F7" s="4">
         <v>4352</v>
       </c>
       <c r="G7" s="4" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="3" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D8" s="3">
         <v>4646484688</v>
       </c>
       <c r="E8" s="3">
         <v>4646475636</v>
       </c>
       <c r="F8" s="3">
         <v>4353</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="4" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="D9" s="4">
         <v>4646484688</v>
       </c>
       <c r="E9" s="4">
         <v>4646475636</v>
       </c>
       <c r="F9" s="4">
         <v>4354</v>
       </c>
       <c r="G9" s="4" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G9"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A9" sqref="A9:G9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="17.567139" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="39.990234" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="16.424561" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="31.706543" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="101.403809" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="3" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="D6" s="3">
         <v>4767435571</v>
       </c>
       <c r="E6" s="3">
         <v>4766880091</v>
       </c>
       <c r="F6" s="3">
         <v>4451</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="D7" s="4">
         <v>4767435571</v>
       </c>
       <c r="E7" s="4">
         <v>4766880091</v>
       </c>
       <c r="F7" s="4">
         <v>4452</v>
       </c>
       <c r="G7" s="4" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="3" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D8" s="3">
         <v>4767435571</v>
       </c>
       <c r="E8" s="3">
         <v>4766880091</v>
       </c>
       <c r="F8" s="3">
         <v>4453</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="4" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D9" s="4">
         <v>4767435571</v>
       </c>
       <c r="E9" s="4">
         <v>4766880091</v>
       </c>
       <c r="F9" s="4">
         <v>4454</v>
       </c>
       <c r="G9" s="4" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G9"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A9" sqref="A9:G9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="36.419678" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="101.403809" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="3" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="D6" s="3">
         <v>4686883320</v>
       </c>
       <c r="E6" s="3">
         <v>4686886946</v>
       </c>
       <c r="F6" s="3">
         <v>4501</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="D7" s="4">
         <v>4686883320</v>
       </c>
       <c r="E7" s="4">
         <v>4686886946</v>
       </c>
       <c r="F7" s="4">
         <v>4502</v>
       </c>
       <c r="G7" s="4" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="3" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="D8" s="3">
         <v>4686883320</v>
       </c>
       <c r="E8" s="3">
         <v>4686886946</v>
       </c>
       <c r="F8" s="3">
         <v>4503</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="4" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="D9" s="4">
         <v>4686883320</v>
       </c>
       <c r="E9" s="4">
         <v>4686886946</v>
       </c>
       <c r="F9" s="4">
         <v>4504</v>
       </c>
       <c r="G9" s="4" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G10"/>
+  <dimension ref="A1:G9"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A10" sqref="A10:G10"/>
+      <selection activeCell="A9" sqref="A9:G9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="32.991943" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="101.403809" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="3" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>423</v>
-[...5 lines deleted...]
-      <c r="F6" s="3"/>
+        <v>424</v>
+      </c>
+      <c r="D6" s="3">
+        <v>4151858624</v>
+      </c>
+      <c r="E6" s="3">
+        <v>4151205709</v>
+      </c>
+      <c r="F6" s="3">
+        <v>4801</v>
+      </c>
       <c r="G6" s="3" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="D7" s="4">
         <v>4151858624</v>
       </c>
       <c r="E7" s="4">
         <v>4151205709</v>
       </c>
       <c r="F7" s="4">
-        <v>4801</v>
+        <v>4802</v>
       </c>
       <c r="G7" s="4" t="s">
-        <v>271</v>
+        <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="C8" s="3" t="s">
         <v>427</v>
-      </c>
-[...4 lines deleted...]
-        <v>429</v>
       </c>
       <c r="D8" s="3">
         <v>4151858624</v>
       </c>
-      <c r="E8" s="3">
-        <v>4151205709</v>
+      <c r="E8" s="3" t="s">
+        <v>11</v>
       </c>
       <c r="F8" s="3">
-        <v>4802</v>
+        <v>4803</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>76</v>
+        <v>293</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="4" t="s">
         <v>430</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>431</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="D9" s="4">
         <v>4151858624</v>
       </c>
-      <c r="E9" s="4" t="s">
-        <v>11</v>
+      <c r="E9" s="4">
+        <v>4151205709</v>
       </c>
       <c r="F9" s="4">
-        <v>4803</v>
+        <v>4804</v>
       </c>
       <c r="G9" s="4" t="s">
-        <v>289</v>
-[...22 lines deleted...]
-        <v>278</v>
+        <v>284</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
@@ -6031,2969 +5948,2877 @@
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>67</v>
       </c>
       <c r="D6" s="3">
         <v>4737353000</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F6" s="3">
-        <v>3411</v>
+        <v>3402</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4" t="s">
         <v>69</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>70</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>71</v>
       </c>
       <c r="D7" s="4">
         <v>4737353000</v>
       </c>
       <c r="E7" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F7" s="4">
         <v>3402</v>
       </c>
       <c r="G7" s="4" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>75</v>
       </c>
       <c r="D8" s="3">
         <v>4737353000</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="3">
-        <v>3402</v>
+        <v>3403</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="4" t="s">
         <v>77</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>78</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>79</v>
       </c>
       <c r="D9" s="4">
         <v>4737353000</v>
       </c>
       <c r="E9" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F9" s="4">
-        <v>3403</v>
+        <v>3408</v>
       </c>
       <c r="G9" s="4" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>83</v>
       </c>
       <c r="D10" s="3">
         <v>4737353000</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="3">
-        <v>3408</v>
+        <v>3410</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="4" t="s">
         <v>85</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>86</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>87</v>
       </c>
       <c r="D11" s="4">
         <v>4737353000</v>
       </c>
       <c r="E11" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F11" s="4">
-        <v>3410</v>
+        <v>3406</v>
       </c>
       <c r="G11" s="4" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>91</v>
       </c>
       <c r="D12" s="3">
         <v>4737353000</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F12" s="3">
-        <v>3406</v>
+        <v>3413</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="4" t="s">
         <v>93</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>94</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>95</v>
       </c>
       <c r="D13" s="4">
         <v>4737353000</v>
       </c>
       <c r="E13" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F13" s="4">
-        <v>3413</v>
+        <v>3407</v>
       </c>
       <c r="G13" s="4" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>99</v>
       </c>
       <c r="D14" s="3">
         <v>4737353000</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F14" s="3">
-        <v>3407</v>
+        <v>3411</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="4" t="s">
         <v>101</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>102</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>103</v>
       </c>
       <c r="D15" s="4">
         <v>4737353000</v>
       </c>
       <c r="E15" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F15" s="4">
         <v>3415</v>
       </c>
       <c r="G15" s="4" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>106</v>
       </c>
       <c r="D16" s="3">
         <v>4737353000</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F16" s="3">
         <v>3412</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="4" t="s">
         <v>107</v>
       </c>
       <c r="B17" s="4" t="s">
         <v>108</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>109</v>
       </c>
       <c r="D17" s="4">
         <v>4737353000</v>
       </c>
       <c r="E17" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F17" s="4">
-        <v>3480</v>
+        <v>3409</v>
       </c>
       <c r="G17" s="4" t="s">
-        <v>110</v>
+        <v>96</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>111</v>
       </c>
-      <c r="B18" s="3" t="s">
+      <c r="C18" s="3" t="s">
         <v>112</v>
       </c>
-      <c r="C18" s="3" t="s">
+      <c r="D18" s="3">
+        <v>4737353000</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="F18" s="3">
+        <v>3480</v>
+      </c>
+      <c r="G18" s="3" t="s">
         <v>113</v>
-      </c>
-[...10 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="B19" s="4" t="s">
         <v>115</v>
       </c>
-      <c r="B19" s="4" t="s">
+      <c r="C19" s="4" t="s">
         <v>116</v>
       </c>
-      <c r="C19" s="4" t="s">
+      <c r="D19" s="4">
+        <v>4737353000</v>
+      </c>
+      <c r="E19" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="F19" s="4">
+        <v>3482</v>
+      </c>
+      <c r="G19" s="4" t="s">
         <v>117</v>
-      </c>
-[...10 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>120</v>
       </c>
       <c r="D20" s="3">
         <v>4737353000</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F20" s="3">
-        <v>3485</v>
+        <v>3483</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="B21" s="4" t="s">
         <v>122</v>
       </c>
-      <c r="B21" s="4" t="s">
+      <c r="C21" s="4" t="s">
         <v>123</v>
       </c>
-      <c r="C21" s="4" t="s">
+      <c r="D21" s="4">
+        <v>4737353000</v>
+      </c>
+      <c r="E21" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="F21" s="4">
+        <v>3485</v>
+      </c>
+      <c r="G21" s="4" t="s">
         <v>124</v>
-      </c>
-[...10 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="3" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="D22" s="3">
         <v>4737353000</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F22" s="3">
         <v>3486</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G9"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A9" sqref="A9:G9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.706543" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="101.403809" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="3" t="s">
+        <v>434</v>
+      </c>
+      <c r="B6" s="3" t="s">
+        <v>435</v>
+      </c>
+      <c r="C6" s="3" t="s">
         <v>436</v>
-      </c>
-[...4 lines deleted...]
-        <v>438</v>
       </c>
       <c r="D6" s="3">
         <v>4566435790</v>
       </c>
       <c r="E6" s="3">
         <v>4566438513</v>
       </c>
       <c r="F6" s="3">
         <v>4601</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="D7" s="4">
         <v>4566435790</v>
       </c>
       <c r="E7" s="4">
         <v>4566438513</v>
       </c>
       <c r="F7" s="4">
         <v>4602</v>
       </c>
       <c r="G7" s="4" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>440</v>
+      </c>
+      <c r="C8" s="3" t="s">
         <v>441</v>
-      </c>
-[...4 lines deleted...]
-        <v>443</v>
       </c>
       <c r="D8" s="3">
         <v>4566435790</v>
       </c>
       <c r="E8" s="3">
         <v>4566438513</v>
       </c>
       <c r="F8" s="3">
         <v>4603</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="4" t="s">
+        <v>442</v>
+      </c>
+      <c r="B9" s="4" t="s">
+        <v>443</v>
+      </c>
+      <c r="C9" s="4" t="s">
         <v>444</v>
-      </c>
-[...4 lines deleted...]
-        <v>446</v>
       </c>
       <c r="D9" s="4">
         <v>4566435790</v>
       </c>
       <c r="E9" s="4">
         <v>4566438513</v>
       </c>
       <c r="F9" s="4">
         <v>4604</v>
       </c>
       <c r="G9" s="4" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G9"/>
+  <dimension ref="A1:G7"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A9" sqref="A9:G9"/>
+      <selection activeCell="A7" sqref="A7:G7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="22.280273" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.706543" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="101.403809" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="44.703369" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="3" t="s">
+        <v>446</v>
+      </c>
+      <c r="B6" s="3" t="s">
+        <v>447</v>
+      </c>
+      <c r="C6" s="3" t="s">
         <v>448</v>
-      </c>
-[...4 lines deleted...]
-        <v>450</v>
       </c>
       <c r="D6" s="3">
         <v>4451684798</v>
       </c>
       <c r="E6" s="3">
         <v>4451683751</v>
       </c>
       <c r="F6" s="3">
         <v>4701</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4" t="s">
+        <v>449</v>
+      </c>
+      <c r="B7" s="4" t="s">
+        <v>450</v>
+      </c>
+      <c r="C7" s="4" t="s">
         <v>451</v>
-      </c>
-[...4 lines deleted...]
-        <v>453</v>
       </c>
       <c r="D7" s="4">
         <v>4451684798</v>
       </c>
       <c r="E7" s="4">
         <v>4451683751</v>
       </c>
       <c r="F7" s="4">
-        <v>4702</v>
+        <v>4703</v>
       </c>
       <c r="G7" s="4" t="s">
-        <v>76</v>
-[...45 lines deleted...]
-        <v>278</v>
+        <v>293</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G12"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A12" sqref="A12:G12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="35.2771" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="60.128174" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>457</v>
+        <v>452</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="3" t="s">
-        <v>458</v>
+        <v>453</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>459</v>
+        <v>454</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>460</v>
+        <v>455</v>
       </c>
       <c r="D6" s="3">
         <v>4737353000</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F6" s="3">
         <v>3270</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>461</v>
+        <v>456</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4" t="s">
-        <v>462</v>
+        <v>457</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>463</v>
+        <v>458</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
       <c r="D7" s="4">
         <v>4737353000</v>
       </c>
       <c r="E7" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F7" s="4">
         <v>3271</v>
       </c>
       <c r="G7" s="4" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="3" t="s">
-        <v>466</v>
+        <v>461</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>467</v>
+        <v>462</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>468</v>
+        <v>463</v>
       </c>
       <c r="D8" s="3">
         <v>4737353000</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="3">
         <v>3276</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>469</v>
+        <v>464</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="4" t="s">
-        <v>470</v>
+        <v>465</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>471</v>
+        <v>466</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>472</v>
+        <v>467</v>
       </c>
       <c r="D9" s="4">
         <v>4737353000</v>
       </c>
       <c r="E9" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F9" s="4">
         <v>3272</v>
       </c>
       <c r="G9" s="4" t="s">
-        <v>473</v>
+        <v>468</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="3" t="s">
-        <v>474</v>
+        <v>469</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>475</v>
+        <v>470</v>
       </c>
       <c r="C10" s="3" t="s">
-        <v>476</v>
+        <v>471</v>
       </c>
       <c r="D10" s="3">
         <v>4737353000</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="3">
         <v>3273</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="4" t="s">
-        <v>478</v>
+        <v>473</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>479</v>
+        <v>474</v>
       </c>
       <c r="C11" s="4" t="s">
-        <v>480</v>
+        <v>475</v>
       </c>
       <c r="D11" s="4">
         <v>4737353000</v>
       </c>
       <c r="E11" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F11" s="4">
         <v>3274</v>
       </c>
       <c r="G11" s="4" t="s">
-        <v>481</v>
+        <v>476</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="3" t="s">
-        <v>482</v>
+        <v>477</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>483</v>
+        <v>478</v>
       </c>
       <c r="C12" s="3" t="s">
-        <v>484</v>
+        <v>479</v>
       </c>
       <c r="D12" s="3">
         <v>4737353000</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F12" s="3">
         <v>3275</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>485</v>
+        <v>480</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G28"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A28" sqref="A28:G28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="19.995117" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="23.422852" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.990234" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="61.270752" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>486</v>
+        <v>481</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="3" t="s">
-        <v>487</v>
+        <v>482</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>489</v>
+        <v>484</v>
       </c>
       <c r="D6" s="3">
         <v>4737353000</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F6" s="3">
         <v>3302</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>492</v>
+        <v>487</v>
       </c>
       <c r="D7" s="4">
         <v>4737353000</v>
       </c>
       <c r="E7" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F7" s="4">
         <v>3302</v>
       </c>
       <c r="G7" s="4" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="3" t="s">
-        <v>493</v>
+        <v>488</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>494</v>
+        <v>489</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>495</v>
+        <v>490</v>
       </c>
       <c r="D8" s="3">
         <v>4737353000</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="3">
         <v>3307</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="4" t="s">
-        <v>496</v>
+        <v>491</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>497</v>
+        <v>492</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>498</v>
+        <v>493</v>
       </c>
       <c r="D9" s="4">
         <v>4737353000</v>
       </c>
       <c r="E9" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F9" s="4">
         <v>3304</v>
       </c>
       <c r="G9" s="4" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="3" t="s">
-        <v>499</v>
+        <v>494</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>500</v>
+        <v>495</v>
       </c>
       <c r="C10" s="3" t="s">
-        <v>501</v>
+        <v>496</v>
       </c>
       <c r="D10" s="3">
         <v>4737353000</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="3">
         <v>3317</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>502</v>
+        <v>497</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="4" t="s">
-        <v>503</v>
+        <v>498</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>504</v>
+        <v>499</v>
       </c>
       <c r="C11" s="4" t="s">
-        <v>505</v>
+        <v>500</v>
       </c>
       <c r="D11" s="4">
         <v>4737353000</v>
       </c>
       <c r="E11" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F11" s="4">
         <v>3303</v>
       </c>
       <c r="G11" s="4" t="s">
-        <v>502</v>
+        <v>497</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="3" t="s">
-        <v>506</v>
+        <v>501</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>507</v>
+        <v>502</v>
       </c>
       <c r="C12" s="3" t="s">
-        <v>508</v>
+        <v>503</v>
       </c>
       <c r="D12" s="3">
         <v>4737353000</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F12" s="3">
         <v>3313</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>502</v>
+        <v>497</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="4" t="s">
-        <v>509</v>
+        <v>504</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>510</v>
+        <v>505</v>
       </c>
       <c r="C13" s="4" t="s">
-        <v>511</v>
+        <v>506</v>
       </c>
       <c r="D13" s="4">
         <v>4737353000</v>
       </c>
       <c r="E13" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F13" s="4">
         <v>3252</v>
       </c>
       <c r="G13" s="4" t="s">
-        <v>512</v>
+        <v>507</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="3" t="s">
-        <v>513</v>
+        <v>508</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>514</v>
+        <v>509</v>
       </c>
       <c r="C14" s="3" t="s">
-        <v>515</v>
+        <v>510</v>
       </c>
       <c r="D14" s="3">
         <v>4737353000</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F14" s="3">
         <v>3314</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>516</v>
+        <v>511</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="4" t="s">
-        <v>517</v>
+        <v>512</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>518</v>
+        <v>513</v>
       </c>
       <c r="C15" s="4" t="s">
-        <v>519</v>
+        <v>514</v>
       </c>
       <c r="D15" s="4">
         <v>4737353000</v>
       </c>
       <c r="E15" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F15" s="4">
         <v>3315</v>
       </c>
       <c r="G15" s="4" t="s">
-        <v>520</v>
+        <v>515</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="3" t="s">
-        <v>521</v>
+        <v>516</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>522</v>
+        <v>517</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>523</v>
+        <v>518</v>
       </c>
       <c r="D16" s="3">
         <v>4737353000</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F16" s="3">
         <v>3323</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="4" t="s">
-        <v>524</v>
+        <v>519</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>525</v>
+        <v>520</v>
       </c>
       <c r="C17" s="4" t="s">
-        <v>526</v>
+        <v>521</v>
       </c>
       <c r="D17" s="4">
         <v>4737353000</v>
       </c>
       <c r="E17" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F17" s="4">
-        <v>3319</v>
+        <v>3316</v>
       </c>
       <c r="G17" s="4" t="s">
-        <v>527</v>
+        <v>266</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="3" t="s">
-        <v>528</v>
+        <v>522</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>529</v>
+        <v>523</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>530</v>
+        <v>524</v>
       </c>
       <c r="D18" s="3">
         <v>4737353000</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F18" s="3">
-        <v>3316</v>
+        <v>3310</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>263</v>
+        <v>525</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="4" t="s">
-        <v>531</v>
+        <v>526</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>532</v>
-[...3 lines deleted...]
-      </c>
+        <v>527</v>
+      </c>
+      <c r="C19" s="4"/>
       <c r="D19" s="4">
         <v>4737353000</v>
       </c>
       <c r="E19" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F19" s="4">
-        <v>3310</v>
+        <v>3312</v>
       </c>
       <c r="G19" s="4" t="s">
-        <v>534</v>
+        <v>528</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="3" t="s">
-        <v>535</v>
+        <v>529</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>536</v>
-[...1 lines deleted...]
-      <c r="C20" s="3"/>
+        <v>530</v>
+      </c>
+      <c r="C20" s="3" t="s">
+        <v>531</v>
+      </c>
       <c r="D20" s="3">
         <v>4737353000</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F20" s="3">
-        <v>3312</v>
+        <v>3319</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>537</v>
+        <v>96</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="4" t="s">
-        <v>538</v>
+        <v>532</v>
       </c>
       <c r="B21" s="4" t="s">
-        <v>539</v>
+        <v>533</v>
       </c>
       <c r="C21" s="4" t="s">
-        <v>540</v>
+        <v>534</v>
       </c>
       <c r="D21" s="4">
         <v>4737353000</v>
       </c>
       <c r="E21" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F21" s="4">
         <v>3306</v>
       </c>
       <c r="G21" s="4" t="s">
-        <v>541</v>
+        <v>535</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="3" t="s">
-        <v>542</v>
+        <v>536</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>543</v>
+        <v>537</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>544</v>
+        <v>538</v>
       </c>
       <c r="D22" s="3">
         <v>4737353000</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F22" s="3">
         <v>3311</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>545</v>
+        <v>539</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="4" t="s">
-        <v>546</v>
+        <v>540</v>
       </c>
       <c r="B23" s="4" t="s">
-        <v>547</v>
+        <v>541</v>
       </c>
       <c r="C23" s="4" t="s">
-        <v>548</v>
+        <v>542</v>
       </c>
       <c r="D23" s="4">
         <v>4737353000</v>
       </c>
       <c r="E23" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F23" s="4">
         <v>3320</v>
       </c>
       <c r="G23" s="4" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="3" t="s">
-        <v>549</v>
+        <v>543</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>550</v>
+        <v>544</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>551</v>
+        <v>545</v>
       </c>
       <c r="D24" s="3">
         <v>4737353000</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F24" s="3">
         <v>3260</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>552</v>
+        <v>546</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="4" t="s">
-        <v>553</v>
+        <v>547</v>
       </c>
       <c r="B25" s="4" t="s">
-        <v>554</v>
+        <v>548</v>
       </c>
       <c r="C25" s="4" t="s">
-        <v>555</v>
+        <v>549</v>
       </c>
       <c r="D25" s="4">
         <v>4737353000</v>
       </c>
       <c r="E25" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F25" s="4">
         <v>3280</v>
       </c>
       <c r="G25" s="4" t="s">
-        <v>556</v>
+        <v>550</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="3" t="s">
-        <v>557</v>
+        <v>551</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>558</v>
+        <v>552</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>559</v>
+        <v>553</v>
       </c>
       <c r="D26" s="3">
         <v>4737353000</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F26" s="3">
         <v>3308</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>560</v>
+        <v>554</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="4" t="s">
-        <v>561</v>
+        <v>412</v>
       </c>
       <c r="B27" s="4" t="s">
-        <v>562</v>
+        <v>555</v>
       </c>
       <c r="C27" s="4" t="s">
-        <v>563</v>
+        <v>556</v>
       </c>
       <c r="D27" s="4">
         <v>4737353000</v>
       </c>
       <c r="E27" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F27" s="4">
-        <v>3309</v>
+        <v>6002</v>
       </c>
       <c r="G27" s="4" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="3" t="s">
-        <v>411</v>
+        <v>557</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>564</v>
+        <v>558</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>565</v>
+        <v>559</v>
       </c>
       <c r="D28" s="3">
         <v>4737353000</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F28" s="3">
-        <v>6002</v>
+        <v>3309</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>76</v>
+        <v>100</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G8"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A8" sqref="A8:G8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="30.563965" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="47.131348" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>566</v>
+        <v>560</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="3" t="s">
-        <v>567</v>
+        <v>561</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>568</v>
+        <v>562</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>569</v>
+        <v>563</v>
       </c>
       <c r="D6" s="3">
         <v>4737353000</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F6" s="3">
         <v>3250</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>570</v>
+        <v>564</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4" t="s">
-        <v>571</v>
+        <v>565</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>572</v>
+        <v>566</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>573</v>
+        <v>567</v>
       </c>
       <c r="D7" s="4">
         <v>4737353000</v>
       </c>
       <c r="E7" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F7" s="4">
         <v>3255</v>
       </c>
       <c r="G7" s="4" t="s">
-        <v>574</v>
+        <v>568</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="3" t="s">
-        <v>575</v>
+        <v>569</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>576</v>
+        <v>570</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>577</v>
+        <v>571</v>
       </c>
       <c r="D8" s="3">
         <v>4737353000</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="3">
         <v>3251</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G8"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A8" sqref="A8:G8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.706543" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="83.693848" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>578</v>
+        <v>572</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="3" t="s">
-        <v>579</v>
+        <v>573</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>580</v>
+        <v>574</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>581</v>
+        <v>575</v>
       </c>
       <c r="D6" s="3">
         <v>4737353000</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F6" s="3">
         <v>3290</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>582</v>
+        <v>576</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4" t="s">
-        <v>583</v>
+        <v>577</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>584</v>
+        <v>578</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>585</v>
+        <v>579</v>
       </c>
       <c r="D7" s="4">
         <v>4737353000</v>
       </c>
       <c r="E7" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F7" s="4">
         <v>3253</v>
       </c>
       <c r="G7" s="4" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="3" t="s">
-        <v>586</v>
+        <v>580</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>587</v>
+        <v>581</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>588</v>
+        <v>582</v>
       </c>
       <c r="D8" s="3">
         <v>4737353000</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="3">
         <v>3291</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G25"/>
+  <dimension ref="A1:G24"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A25" sqref="A25:G25"/>
+      <selection activeCell="A24" sqref="A24:G24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="35.2771" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="90.692139" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="77.695313" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>589</v>
+        <v>583</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="3" t="s">
-        <v>590</v>
+        <v>584</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>591</v>
+        <v>585</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>592</v>
+        <v>586</v>
       </c>
       <c r="D6" s="3">
         <v>4737353000</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F6" s="3">
         <v>3902</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>593</v>
+        <v>72</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4" t="s">
-        <v>594</v>
+        <v>587</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>595</v>
+        <v>588</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>596</v>
+        <v>589</v>
       </c>
       <c r="D7" s="4">
         <v>4737353000</v>
       </c>
       <c r="E7" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F7" s="4">
-        <v>3902</v>
+        <v>3905</v>
       </c>
       <c r="G7" s="4" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="3" t="s">
-        <v>597</v>
+        <v>590</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>598</v>
+        <v>591</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>599</v>
+        <v>592</v>
       </c>
       <c r="D8" s="3">
         <v>4737353000</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="3">
-        <v>3905</v>
+        <v>3913</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>100</v>
+        <v>593</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="4" t="s">
-        <v>600</v>
+        <v>594</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>601</v>
+        <v>595</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>602</v>
+        <v>596</v>
       </c>
       <c r="D9" s="4">
         <v>4737353000</v>
       </c>
       <c r="E9" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F9" s="4">
-        <v>3913</v>
+        <v>3920</v>
       </c>
       <c r="G9" s="4" t="s">
-        <v>603</v>
+        <v>96</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="3" t="s">
-        <v>604</v>
+        <v>597</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>605</v>
+        <v>598</v>
       </c>
       <c r="C10" s="3" t="s">
-        <v>606</v>
+        <v>599</v>
       </c>
       <c r="D10" s="3">
         <v>4737353000</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="3">
-        <v>3920</v>
+        <v>3911</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>100</v>
+        <v>600</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="4" t="s">
-        <v>607</v>
+        <v>601</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>608</v>
+        <v>602</v>
       </c>
       <c r="C11" s="4" t="s">
-        <v>609</v>
+        <v>603</v>
       </c>
       <c r="D11" s="4">
         <v>4737353000</v>
       </c>
       <c r="E11" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F11" s="4">
-        <v>3911</v>
+        <v>3903</v>
       </c>
       <c r="G11" s="4" t="s">
-        <v>610</v>
+        <v>604</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="3" t="s">
-        <v>611</v>
+        <v>428</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>612</v>
+        <v>605</v>
       </c>
       <c r="C12" s="3" t="s">
-        <v>613</v>
+        <v>606</v>
       </c>
       <c r="D12" s="3">
         <v>4737353000</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F12" s="3">
-        <v>3903</v>
+        <v>3904</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>614</v>
+        <v>607</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="4" t="s">
-        <v>430</v>
+        <v>608</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>615</v>
+        <v>609</v>
       </c>
       <c r="C13" s="4" t="s">
-        <v>616</v>
+        <v>610</v>
       </c>
       <c r="D13" s="4">
         <v>4737353000</v>
       </c>
       <c r="E13" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F13" s="4">
-        <v>3904</v>
+        <v>3912</v>
       </c>
       <c r="G13" s="4" t="s">
-        <v>617</v>
+        <v>611</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="3" t="s">
-        <v>618</v>
+        <v>612</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>619</v>
+        <v>613</v>
       </c>
       <c r="C14" s="3" t="s">
-        <v>620</v>
+        <v>614</v>
       </c>
       <c r="D14" s="3">
         <v>4737353000</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F14" s="3">
-        <v>3912</v>
+        <v>3914</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>621</v>
+        <v>615</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="4" t="s">
-        <v>622</v>
+        <v>616</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>623</v>
+        <v>617</v>
       </c>
       <c r="C15" s="4" t="s">
-        <v>624</v>
+        <v>618</v>
       </c>
       <c r="D15" s="4">
         <v>4737353000</v>
       </c>
       <c r="E15" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F15" s="4">
-        <v>3914</v>
+        <v>3906</v>
       </c>
       <c r="G15" s="4" t="s">
-        <v>625</v>
+        <v>615</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="3" t="s">
-        <v>626</v>
+        <v>619</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>627</v>
+        <v>620</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>628</v>
+        <v>621</v>
       </c>
       <c r="D16" s="3">
         <v>4737353000</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F16" s="3">
-        <v>3906</v>
+        <v>3927</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>625</v>
+        <v>96</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="4" t="s">
-        <v>629</v>
+        <v>622</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>630</v>
+        <v>623</v>
       </c>
       <c r="C17" s="4" t="s">
-        <v>631</v>
+        <v>624</v>
       </c>
       <c r="D17" s="4">
         <v>4737353000</v>
       </c>
       <c r="E17" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F17" s="4">
-        <v>3927</v>
+        <v>3928</v>
       </c>
       <c r="G17" s="4" t="s">
-        <v>100</v>
+        <v>615</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="3" t="s">
-        <v>632</v>
+        <v>625</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>633</v>
+        <v>626</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>634</v>
+        <v>627</v>
       </c>
       <c r="D18" s="3">
         <v>4737353000</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F18" s="3">
-        <v>3928</v>
+        <v>3908</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="4" t="s">
-        <v>635</v>
+        <v>629</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>636</v>
+        <v>630</v>
       </c>
       <c r="C19" s="4" t="s">
-        <v>637</v>
+        <v>631</v>
       </c>
       <c r="D19" s="4">
         <v>4737353000</v>
       </c>
       <c r="E19" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F19" s="4">
-        <v>3908</v>
+        <v>3910</v>
       </c>
       <c r="G19" s="4" t="s">
-        <v>638</v>
+        <v>632</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="3" t="s">
-        <v>639</v>
+        <v>633</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>640</v>
+        <v>634</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>641</v>
+        <v>635</v>
       </c>
       <c r="D20" s="3">
         <v>4737353000</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F20" s="3">
-        <v>3910</v>
+        <v>3909</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>642</v>
+        <v>632</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="4" t="s">
-        <v>643</v>
+        <v>488</v>
       </c>
       <c r="B21" s="4" t="s">
-        <v>644</v>
+        <v>636</v>
       </c>
       <c r="C21" s="4" t="s">
-        <v>645</v>
+        <v>637</v>
       </c>
       <c r="D21" s="4">
         <v>4737353000</v>
       </c>
       <c r="E21" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F21" s="4">
-        <v>3909</v>
+        <v>3918</v>
       </c>
       <c r="G21" s="4" t="s">
-        <v>642</v>
+        <v>615</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="3" t="s">
-        <v>493</v>
+        <v>638</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>646</v>
+        <v>639</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>647</v>
+        <v>640</v>
       </c>
       <c r="D22" s="3">
         <v>4737353000</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F22" s="3">
-        <v>3918</v>
+        <v>3919</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>625</v>
+        <v>632</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="4" t="s">
-        <v>648</v>
+        <v>641</v>
       </c>
       <c r="B23" s="4" t="s">
-        <v>649</v>
+        <v>642</v>
       </c>
       <c r="C23" s="4" t="s">
-        <v>650</v>
+        <v>643</v>
       </c>
       <c r="D23" s="4">
         <v>4737353000</v>
       </c>
       <c r="E23" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F23" s="4">
-        <v>3919</v>
+        <v>3924</v>
       </c>
       <c r="G23" s="4" t="s">
-        <v>642</v>
+        <v>632</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="3" t="s">
-        <v>651</v>
+        <v>644</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>652</v>
-[...3 lines deleted...]
-      </c>
+        <v>645</v>
+      </c>
+      <c r="C24" s="3"/>
       <c r="D24" s="3">
         <v>4737353000</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F24" s="3">
-        <v>3924</v>
+        <v>3999</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>642</v>
-[...20 lines deleted...]
-        <v>537</v>
+        <v>528</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet27.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G8"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A8" sqref="A8:G8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="36.419678" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="91.977539" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>656</v>
+        <v>646</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="3" t="s">
-        <v>657</v>
+        <v>647</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>658</v>
+        <v>648</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>659</v>
+        <v>649</v>
       </c>
       <c r="D6" s="3">
         <v>4737353000</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F6" s="3">
         <v>3210</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>660</v>
+        <v>650</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4" t="s">
-        <v>661</v>
+        <v>270</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>662</v>
+        <v>651</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>663</v>
+        <v>652</v>
       </c>
       <c r="D7" s="4">
         <v>4737353000</v>
       </c>
       <c r="E7" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F7" s="4">
         <v>3211</v>
       </c>
       <c r="G7" s="4" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="3" t="s">
-        <v>664</v>
+        <v>653</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>665</v>
+        <v>654</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>666</v>
+        <v>655</v>
       </c>
       <c r="D8" s="3">
         <v>4737353000</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="3">
         <v>3212</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet28.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G19"/>
+  <dimension ref="A1:G18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A19" sqref="A19:G19"/>
+      <selection activeCell="A18" sqref="A18:G18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="36.419678" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="87.121582" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>667</v>
+        <v>656</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="3" t="s">
-        <v>668</v>
+        <v>657</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>669</v>
+        <v>658</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>670</v>
+        <v>659</v>
       </c>
       <c r="D6" s="3">
         <v>4737353000</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F6" s="3">
-        <v>3201</v>
+        <v>3202</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>671</v>
+        <v>660</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4" t="s">
-        <v>672</v>
+        <v>661</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>673</v>
+        <v>662</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>674</v>
+        <v>663</v>
       </c>
       <c r="D7" s="4">
         <v>4737353000</v>
       </c>
       <c r="E7" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F7" s="4">
         <v>3202</v>
       </c>
       <c r="G7" s="4" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="3" t="s">
-        <v>675</v>
+        <v>664</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>676</v>
+        <v>665</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>677</v>
+        <v>666</v>
       </c>
       <c r="D8" s="3">
         <v>4737353000</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="3">
-        <v>3202</v>
+        <v>3208</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>76</v>
+        <v>667</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="4" t="s">
-        <v>678</v>
+        <v>335</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>679</v>
+        <v>668</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>680</v>
+        <v>669</v>
       </c>
       <c r="D9" s="4">
         <v>4737353000</v>
       </c>
       <c r="E9" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F9" s="4">
-        <v>3208</v>
+        <v>3206</v>
       </c>
       <c r="G9" s="4" t="s">
-        <v>681</v>
+        <v>670</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="3" t="s">
-        <v>334</v>
+        <v>671</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>682</v>
+        <v>672</v>
       </c>
       <c r="C10" s="3" t="s">
-        <v>683</v>
+        <v>673</v>
       </c>
       <c r="D10" s="3">
         <v>4737353000</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="3">
-        <v>3206</v>
+        <v>3205</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>684</v>
+        <v>674</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="4" t="s">
-        <v>685</v>
+        <v>675</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>686</v>
+        <v>676</v>
       </c>
       <c r="C11" s="4" t="s">
-        <v>687</v>
+        <v>677</v>
       </c>
       <c r="D11" s="4">
         <v>4737353000</v>
       </c>
       <c r="E11" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F11" s="4">
-        <v>3205</v>
+        <v>3207</v>
       </c>
       <c r="G11" s="4" t="s">
-        <v>688</v>
+        <v>678</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="3" t="s">
-        <v>689</v>
+        <v>679</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>690</v>
+        <v>680</v>
       </c>
       <c r="C12" s="3" t="s">
-        <v>691</v>
+        <v>681</v>
       </c>
       <c r="D12" s="3">
         <v>4737353000</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F12" s="3">
-        <v>3207</v>
+        <v>3305</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>692</v>
+        <v>682</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="4" t="s">
-        <v>693</v>
+        <v>683</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>694</v>
+        <v>684</v>
       </c>
       <c r="C13" s="4" t="s">
-        <v>695</v>
+        <v>685</v>
       </c>
       <c r="D13" s="4">
         <v>4737353000</v>
       </c>
       <c r="E13" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F13" s="4">
-        <v>3221</v>
+        <v>3204</v>
       </c>
       <c r="G13" s="4" t="s">
-        <v>477</v>
+        <v>686</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="3" t="s">
-        <v>696</v>
+        <v>409</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>697</v>
+        <v>687</v>
       </c>
       <c r="C14" s="3" t="s">
-        <v>698</v>
+        <v>688</v>
       </c>
       <c r="D14" s="3">
         <v>4737353000</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F14" s="3">
         <v>3209</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>699</v>
+        <v>689</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="4" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>701</v>
+        <v>691</v>
       </c>
       <c r="C15" s="4" t="s">
-        <v>702</v>
+        <v>692</v>
       </c>
       <c r="D15" s="4">
         <v>4737353000</v>
       </c>
       <c r="E15" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F15" s="4">
-        <v>3305</v>
+        <v>3203</v>
       </c>
       <c r="G15" s="4" t="s">
-        <v>703</v>
+        <v>693</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="3" t="s">
-        <v>704</v>
+        <v>694</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>705</v>
+        <v>695</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>706</v>
+        <v>696</v>
       </c>
       <c r="D16" s="3">
         <v>4737353000</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F16" s="3">
-        <v>3204</v>
+        <v>3222</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>707</v>
+        <v>697</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="4" t="s">
-        <v>708</v>
+        <v>698</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>709</v>
+        <v>699</v>
       </c>
       <c r="C17" s="4" t="s">
-        <v>710</v>
+        <v>700</v>
       </c>
       <c r="D17" s="4">
         <v>4737353000</v>
       </c>
       <c r="E17" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F17" s="4">
-        <v>3222</v>
+        <v>3223</v>
       </c>
       <c r="G17" s="4" t="s">
-        <v>711</v>
+        <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="3" t="s">
-        <v>712</v>
+        <v>701</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>713</v>
+        <v>702</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>714</v>
+        <v>703</v>
       </c>
       <c r="D18" s="3">
         <v>4737353000</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F18" s="3">
-        <v>3222</v>
+        <v>3224</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>711</v>
-[...22 lines deleted...]
-        <v>718</v>
+        <v>100</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G16"/>
+  <dimension ref="A1:G17"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A16" sqref="A16:G16"/>
+      <selection activeCell="A17" sqref="A17:G17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="34.134521" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="48.273926" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
@@ -9037,51 +8862,51 @@
       </c>
       <c r="G6" s="3" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4" t="s">
         <v>131</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>132</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>133</v>
       </c>
       <c r="D7" s="4">
         <v>4737353000</v>
       </c>
       <c r="E7" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F7" s="4">
         <v>3502</v>
       </c>
       <c r="G7" s="4" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>136</v>
       </c>
       <c r="D8" s="3">
         <v>4737353000</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="3">
         <v>3510</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>137</v>
       </c>
     </row>
@@ -9149,1452 +8974,1477 @@
       </c>
       <c r="F11" s="4">
         <v>3504</v>
       </c>
       <c r="G11" s="4" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="3" t="s">
         <v>149</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>150</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>151</v>
       </c>
       <c r="D12" s="3">
         <v>4737353000</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F12" s="3">
-        <v>3516</v>
+        <v>3505</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="4" t="s">
         <v>152</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>153</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>154</v>
       </c>
       <c r="D13" s="4">
         <v>4737353000</v>
       </c>
       <c r="E13" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F13" s="4">
-        <v>3505</v>
+        <v>3513</v>
       </c>
       <c r="G13" s="4" t="s">
-        <v>100</v>
+        <v>155</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="3" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C14" s="3" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D14" s="3">
         <v>4737353000</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F14" s="3">
-        <v>3513</v>
+        <v>3514</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>158</v>
+        <v>96</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="4" t="s">
         <v>159</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>160</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>161</v>
       </c>
       <c r="D15" s="4">
         <v>4737353000</v>
       </c>
       <c r="E15" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F15" s="4">
-        <v>3514</v>
+        <v>3515</v>
       </c>
       <c r="G15" s="4" t="s">
-        <v>100</v>
+        <v>162</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="3" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D16" s="3">
         <v>4737353000</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F16" s="3">
-        <v>3515</v>
+        <v>3511</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>165</v>
+        <v>96</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7">
+      <c r="A17" s="4" t="s">
+        <v>166</v>
+      </c>
+      <c r="B17" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="C17" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="D17" s="4">
+        <v>4737353000</v>
+      </c>
+      <c r="E17" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="F17" s="4">
+        <v>3503</v>
+      </c>
+      <c r="G17" s="4" t="s">
+        <v>96</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G11"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A11" sqref="A11:G11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="34.134521" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559082" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="3" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="D6" s="3">
         <v>4737353000</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F6" s="3">
         <v>3602</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="B7" s="4"/>
       <c r="C7" s="4"/>
       <c r="D7" s="4">
         <v>4737353000</v>
       </c>
       <c r="E7" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F7" s="4">
         <v>3602</v>
       </c>
       <c r="G7" s="4" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="3" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="D8" s="3">
         <v>4737353000</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="3">
         <v>3602</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="4" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="D9" s="4">
         <v>4737353000</v>
       </c>
       <c r="E9" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F9" s="4">
         <v>3603</v>
       </c>
       <c r="G9" s="4" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="3" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="C10" s="3" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="D10" s="3">
         <v>4737353000</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="3">
         <v>3604</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="4" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="C11" s="4" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="D11" s="4">
         <v>4737353000</v>
       </c>
       <c r="E11" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F11" s="4">
         <v>3605</v>
       </c>
       <c r="G11" s="4" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G17"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A17" sqref="A17:G17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="37.705078" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="84.836426" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="3" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="D6" s="3">
         <v>4737353000</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F6" s="3">
         <v>3802</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="D7" s="4">
         <v>4737353000</v>
       </c>
       <c r="E7" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F7" s="4">
         <v>3802</v>
       </c>
       <c r="G7" s="4" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="3" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="D8" s="3">
         <v>4737353000</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="3">
         <v>3803</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="4" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="D9" s="4">
         <v>4737353000</v>
       </c>
       <c r="E9" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F9" s="4">
         <v>3804</v>
       </c>
       <c r="G9" s="4" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="3" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="C10" s="3" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="D10" s="3">
         <v>4737353000</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="3">
         <v>3809</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="4" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="C11" s="4" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="D11" s="4">
         <v>4737353000</v>
       </c>
       <c r="E11" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F11" s="4">
         <v>3810</v>
       </c>
       <c r="G11" s="4" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="3" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="C12" s="3" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="D12" s="3">
         <v>4737353000</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F12" s="3">
         <v>3808</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="4" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="C13" s="4" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="D13" s="4">
         <v>4737353000</v>
       </c>
       <c r="E13" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F13" s="4">
         <v>3807</v>
       </c>
       <c r="G13" s="4" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="3" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="C14" s="3" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="D14" s="3">
         <v>4737353000</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F14" s="3">
         <v>3806</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="4" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="C15" s="4" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="D15" s="4">
         <v>4737353000</v>
       </c>
       <c r="E15" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F15" s="4">
         <v>3805</v>
       </c>
       <c r="G15" s="4" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="3" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="D16" s="3">
         <v>4737353000</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F16" s="3">
         <v>3813</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="4" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="C17" s="4" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="D17" s="4">
         <v>4737353000</v>
       </c>
       <c r="E17" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F17" s="4">
         <v>3490</v>
       </c>
       <c r="G17" s="4" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G14"/>
+  <dimension ref="A1:G15"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A14" sqref="A14:G14"/>
+      <selection activeCell="A15" sqref="A15:G15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="37.705078" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="51.844482" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="3" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="D6" s="3">
         <v>4737353000</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F6" s="3">
         <v>3702</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D7" s="4">
         <v>4737353000</v>
       </c>
       <c r="E7" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F7" s="4">
         <v>3702</v>
       </c>
       <c r="G7" s="4" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="3" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="D8" s="3">
         <v>4737353000</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="3">
         <v>3706</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="4" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="D9" s="4">
         <v>4737353000</v>
       </c>
       <c r="E9" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F9" s="4">
         <v>3704</v>
       </c>
       <c r="G9" s="4" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="3" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="C10" s="3" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="D10" s="3">
         <v>4737353000</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="3">
         <v>3707</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="4" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="C11" s="4" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="D11" s="4">
         <v>4737353000</v>
       </c>
       <c r="E11" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F11" s="4">
         <v>3708</v>
       </c>
       <c r="G11" s="4" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="3" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="C12" s="3" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="D12" s="3">
         <v>4737353000</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F12" s="3">
         <v>3703</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="4" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C13" s="4" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="D13" s="4">
         <v>4737353000</v>
       </c>
       <c r="E13" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F13" s="4">
         <v>3709</v>
       </c>
       <c r="G13" s="4" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="3" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="C14" s="3" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="D14" s="3">
         <v>4737353000</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F14" s="3">
+        <v>3711</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7">
+      <c r="A15" s="4" t="s">
+        <v>270</v>
+      </c>
+      <c r="B15" s="4" t="s">
+        <v>271</v>
+      </c>
+      <c r="C15" s="4" t="s">
+        <v>272</v>
+      </c>
+      <c r="D15" s="4">
+        <v>4737353000</v>
+      </c>
+      <c r="E15" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="F15" s="4">
         <v>3710</v>
       </c>
-      <c r="G14" s="3" t="s">
-        <v>100</v>
+      <c r="G15" s="4" t="s">
+        <v>96</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G8"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A8" sqref="A8:G8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="32.991943" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="101.403809" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>267</v>
+        <v>273</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="3" t="s">
-        <v>268</v>
+        <v>274</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>269</v>
+        <v>275</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>270</v>
+        <v>276</v>
       </c>
       <c r="D6" s="3">
         <v>4171724570</v>
       </c>
       <c r="E6" s="3">
         <v>4176883794</v>
       </c>
       <c r="F6" s="3">
         <v>4001</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>273</v>
+        <v>279</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>274</v>
+        <v>280</v>
       </c>
       <c r="D7" s="4">
         <v>4171724570</v>
       </c>
       <c r="E7" s="4">
         <v>4176883794</v>
       </c>
       <c r="F7" s="4">
         <v>4002</v>
       </c>
       <c r="G7" s="4" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="3" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>276</v>
+        <v>282</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="D8" s="3">
         <v>4171724570</v>
       </c>
       <c r="E8" s="3">
         <v>4176883794</v>
       </c>
-      <c r="F8" s="3"/>
+      <c r="F8" s="3">
+        <v>4004</v>
+      </c>
       <c r="G8" s="3" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G10"/>
+  <dimension ref="A1:G9"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A10" sqref="A10:G10"/>
+      <selection activeCell="A9" sqref="A9:G9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="19.995117" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="35.2771" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="101.403809" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>279</v>
+        <v>285</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="3" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>280</v>
+        <v>286</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
       <c r="D6" s="3">
         <v>4131040054</v>
       </c>
       <c r="E6" s="3">
         <v>4131583723</v>
       </c>
       <c r="F6" s="3">
         <v>4901</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4" t="s">
-        <v>282</v>
+        <v>288</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>283</v>
+        <v>289</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>284</v>
+        <v>290</v>
       </c>
       <c r="D7" s="4">
         <v>4131040054</v>
       </c>
       <c r="E7" s="4">
         <v>4131583723</v>
       </c>
       <c r="F7" s="4">
         <v>4902</v>
       </c>
       <c r="G7" s="4" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="3" t="s">
-        <v>285</v>
+        <v>213</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="D8" s="3">
         <v>4131040054</v>
       </c>
       <c r="E8" s="3">
         <v>4131583723</v>
       </c>
       <c r="F8" s="3">
-        <v>4902</v>
+        <v>4903</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>76</v>
+        <v>293</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="4" t="s">
-        <v>210</v>
+        <v>294</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>287</v>
+        <v>295</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>288</v>
+        <v>296</v>
       </c>
       <c r="D9" s="4">
         <v>4131040054</v>
       </c>
       <c r="E9" s="4">
         <v>4131583723</v>
       </c>
       <c r="F9" s="4">
-        <v>4903</v>
+        <v>4904</v>
       </c>
       <c r="G9" s="4" t="s">
-        <v>289</v>
-[...22 lines deleted...]
-        <v>278</v>
+        <v>284</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G8"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A8" sqref="A8:G8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="35.2771" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="44.703369" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="3" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="D6" s="3">
         <v>4616162993</v>
       </c>
       <c r="E6" s="3">
         <v>4616125920</v>
       </c>
       <c r="F6" s="3">
         <v>4051</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4" t="s">
-        <v>264</v>
+        <v>270</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="D7" s="4">
         <v>4616162993</v>
       </c>
       <c r="E7" s="4">
         <v>4616125920</v>
       </c>
       <c r="F7" s="4">
         <v>4052</v>
       </c>
       <c r="G7" s="4" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="3" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="D8" s="3">
         <v>4616162993</v>
       </c>
       <c r="E8" s="3">
         <v>4616125920</v>
       </c>
       <c r="F8" s="3">
         <v>4053</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>